--- v0 (2025-10-14)
+++ v1 (2026-03-22)
@@ -1,1670 +1,2769 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25831"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26227"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\dc01\share\1c-change\КОММЕРЧЕСКИЙ ОТДЕЛ\ГОТОВЫЕ ПРАЙСЫ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E420075-8610-4B51-A542-2397F3B7142E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{410BC815-1A94-4C5C-B9E8-A4DC3755FA75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="15600" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Лист1" sheetId="1" r:id="rId1"/>
+    <sheet name="Лист_1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$B$27:$H$177</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$H$198</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист_1!$B$17:$D$433</definedName>
   </definedNames>
-  <calcPr calcId="181029"/>
+  <calcPr calcId="181029" refMode="R1C1"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E37" i="1" l="1"/>
+  <c r="F21" i="1" l="1"/>
+  <c r="F22" i="1"/>
+  <c r="F23" i="1"/>
+  <c r="F24" i="1"/>
+  <c r="F25" i="1"/>
+  <c r="F26" i="1"/>
+  <c r="F27" i="1"/>
+  <c r="F28" i="1"/>
+  <c r="F29" i="1"/>
+  <c r="F30" i="1"/>
+  <c r="F31" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="F33" i="1"/>
+  <c r="F34" i="1"/>
+  <c r="F35" i="1"/>
+  <c r="F36" i="1"/>
+  <c r="F37" i="1"/>
+  <c r="F38" i="1"/>
+  <c r="F39" i="1"/>
+  <c r="F40" i="1"/>
+  <c r="F41" i="1"/>
+  <c r="F42" i="1"/>
   <c r="F43" i="1"/>
+  <c r="F44" i="1"/>
+  <c r="F45" i="1"/>
+  <c r="F46" i="1"/>
+  <c r="F47" i="1"/>
+  <c r="F48" i="1"/>
+  <c r="F49" i="1"/>
+  <c r="F50" i="1"/>
+  <c r="F51" i="1"/>
+  <c r="F52" i="1"/>
+  <c r="F53" i="1"/>
+  <c r="F54" i="1"/>
+  <c r="F55" i="1"/>
+  <c r="F56" i="1"/>
+  <c r="F57" i="1"/>
+  <c r="F58" i="1"/>
+  <c r="F59" i="1"/>
+  <c r="F60" i="1"/>
+  <c r="F61" i="1"/>
+  <c r="F62" i="1"/>
+  <c r="F63" i="1"/>
+  <c r="F64" i="1"/>
+  <c r="F65" i="1"/>
+  <c r="F66" i="1"/>
+  <c r="F67" i="1"/>
+  <c r="F68" i="1"/>
+  <c r="F69" i="1"/>
+  <c r="F70" i="1"/>
+  <c r="F71" i="1"/>
+  <c r="F72" i="1"/>
+  <c r="F73" i="1"/>
+  <c r="F74" i="1"/>
+  <c r="F75" i="1"/>
+  <c r="F76" i="1"/>
+  <c r="F77" i="1"/>
+  <c r="F78" i="1"/>
+  <c r="F79" i="1"/>
+  <c r="F80" i="1"/>
+  <c r="F81" i="1"/>
+  <c r="F82" i="1"/>
+  <c r="F83" i="1"/>
+  <c r="F84" i="1"/>
+  <c r="F85" i="1"/>
+  <c r="F86" i="1"/>
+  <c r="F87" i="1"/>
+  <c r="F88" i="1"/>
+  <c r="F89" i="1"/>
+  <c r="F90" i="1"/>
+  <c r="F91" i="1"/>
+  <c r="F92" i="1"/>
+  <c r="F93" i="1"/>
+  <c r="F94" i="1"/>
+  <c r="F95" i="1"/>
+  <c r="F96" i="1"/>
+  <c r="F97" i="1"/>
+  <c r="F98" i="1"/>
+  <c r="F99" i="1"/>
+  <c r="F100" i="1"/>
+  <c r="F101" i="1"/>
+  <c r="F102" i="1"/>
+  <c r="F103" i="1"/>
+  <c r="F104" i="1"/>
+  <c r="F105" i="1"/>
+  <c r="F106" i="1"/>
+  <c r="F107" i="1"/>
+  <c r="F108" i="1"/>
+  <c r="F109" i="1"/>
+  <c r="F110" i="1"/>
+  <c r="F111" i="1"/>
+  <c r="F112" i="1"/>
+  <c r="F113" i="1"/>
+  <c r="F114" i="1"/>
+  <c r="F115" i="1"/>
+  <c r="F116" i="1"/>
+  <c r="F117" i="1"/>
+  <c r="F118" i="1"/>
+  <c r="F119" i="1"/>
+  <c r="F120" i="1"/>
+  <c r="F121" i="1"/>
+  <c r="F122" i="1"/>
+  <c r="F123" i="1"/>
+  <c r="F124" i="1"/>
+  <c r="F125" i="1"/>
+  <c r="F126" i="1"/>
+  <c r="F127" i="1"/>
+  <c r="F128" i="1"/>
+  <c r="F129" i="1"/>
+  <c r="F130" i="1"/>
+  <c r="F131" i="1"/>
+  <c r="F132" i="1"/>
+  <c r="F133" i="1"/>
+  <c r="F134" i="1"/>
+  <c r="F135" i="1"/>
+  <c r="F136" i="1"/>
+  <c r="F137" i="1"/>
+  <c r="F138" i="1"/>
+  <c r="F139" i="1"/>
+  <c r="F140" i="1"/>
+  <c r="F141" i="1"/>
+  <c r="F142" i="1"/>
+  <c r="F143" i="1"/>
+  <c r="F144" i="1"/>
+  <c r="F145" i="1"/>
+  <c r="F146" i="1"/>
+  <c r="F147" i="1"/>
+  <c r="F148" i="1"/>
+  <c r="F149" i="1"/>
+  <c r="F150" i="1"/>
+  <c r="F151" i="1"/>
+  <c r="F152" i="1"/>
+  <c r="F153" i="1"/>
+  <c r="F154" i="1"/>
+  <c r="F155" i="1"/>
+  <c r="F156" i="1"/>
+  <c r="F157" i="1"/>
+  <c r="F158" i="1"/>
+  <c r="F159" i="1"/>
+  <c r="F160" i="1"/>
+  <c r="F161" i="1"/>
+  <c r="F162" i="1"/>
+  <c r="F163" i="1"/>
+  <c r="F164" i="1"/>
+  <c r="F165" i="1"/>
+  <c r="F166" i="1"/>
+  <c r="F167" i="1"/>
+  <c r="F168" i="1"/>
+  <c r="F169" i="1"/>
+  <c r="F170" i="1"/>
+  <c r="F171" i="1"/>
+  <c r="F172" i="1"/>
+  <c r="F173" i="1"/>
+  <c r="F174" i="1"/>
+  <c r="F175" i="1"/>
+  <c r="F176" i="1"/>
+  <c r="F177" i="1"/>
+  <c r="F178" i="1"/>
+  <c r="F179" i="1"/>
+  <c r="F180" i="1"/>
+  <c r="F181" i="1"/>
+  <c r="F182" i="1"/>
+  <c r="F183" i="1"/>
+  <c r="F184" i="1"/>
+  <c r="F185" i="1"/>
+  <c r="F186" i="1"/>
+  <c r="F187" i="1"/>
+  <c r="F188" i="1"/>
+  <c r="F189" i="1"/>
+  <c r="F190" i="1"/>
+  <c r="F191" i="1"/>
+  <c r="F192" i="1"/>
+  <c r="F193" i="1"/>
+  <c r="F194" i="1"/>
+  <c r="F195" i="1"/>
+  <c r="F196" i="1"/>
+  <c r="F197" i="1"/>
+  <c r="F198" i="1"/>
+  <c r="F199" i="1"/>
+  <c r="F200" i="1"/>
+  <c r="F201" i="1"/>
+  <c r="F202" i="1"/>
+  <c r="F203" i="1"/>
+  <c r="F204" i="1"/>
+  <c r="F205" i="1"/>
+  <c r="F206" i="1"/>
+  <c r="F207" i="1"/>
+  <c r="F208" i="1"/>
+  <c r="F209" i="1"/>
+  <c r="F210" i="1"/>
+  <c r="F211" i="1"/>
+  <c r="F212" i="1"/>
+  <c r="F213" i="1"/>
+  <c r="F214" i="1"/>
+  <c r="F215" i="1"/>
+  <c r="F216" i="1"/>
+  <c r="F217" i="1"/>
+  <c r="F218" i="1"/>
+  <c r="F219" i="1"/>
+  <c r="F220" i="1"/>
+  <c r="F221" i="1"/>
+  <c r="F222" i="1"/>
+  <c r="F223" i="1"/>
+  <c r="F224" i="1"/>
+  <c r="F225" i="1"/>
+  <c r="F226" i="1"/>
+  <c r="F227" i="1"/>
+  <c r="F228" i="1"/>
+  <c r="F229" i="1"/>
+  <c r="F230" i="1"/>
+  <c r="F231" i="1"/>
+  <c r="F232" i="1"/>
+  <c r="F233" i="1"/>
+  <c r="F234" i="1"/>
+  <c r="F235" i="1"/>
+  <c r="F236" i="1"/>
+  <c r="F237" i="1"/>
+  <c r="F238" i="1"/>
+  <c r="F239" i="1"/>
+  <c r="F240" i="1"/>
+  <c r="F241" i="1"/>
+  <c r="F242" i="1"/>
+  <c r="F243" i="1"/>
+  <c r="F244" i="1"/>
+  <c r="F245" i="1"/>
+  <c r="F246" i="1"/>
+  <c r="F247" i="1"/>
+  <c r="F248" i="1"/>
+  <c r="F249" i="1"/>
+  <c r="F250" i="1"/>
+  <c r="F251" i="1"/>
+  <c r="F252" i="1"/>
+  <c r="F253" i="1"/>
+  <c r="F254" i="1"/>
+  <c r="F255" i="1"/>
+  <c r="F256" i="1"/>
+  <c r="F257" i="1"/>
+  <c r="F258" i="1"/>
+  <c r="F259" i="1"/>
+  <c r="F260" i="1"/>
+  <c r="F261" i="1"/>
+  <c r="F262" i="1"/>
+  <c r="F263" i="1"/>
+  <c r="F264" i="1"/>
+  <c r="F265" i="1"/>
+  <c r="F266" i="1"/>
+  <c r="F267" i="1"/>
+  <c r="F268" i="1"/>
+  <c r="F269" i="1"/>
+  <c r="F270" i="1"/>
+  <c r="F271" i="1"/>
+  <c r="F272" i="1"/>
+  <c r="F273" i="1"/>
+  <c r="F274" i="1"/>
+  <c r="F275" i="1"/>
+  <c r="F276" i="1"/>
+  <c r="F277" i="1"/>
+  <c r="F278" i="1"/>
+  <c r="F279" i="1"/>
+  <c r="F280" i="1"/>
+  <c r="F281" i="1"/>
+  <c r="F282" i="1"/>
+  <c r="F283" i="1"/>
+  <c r="F284" i="1"/>
+  <c r="F285" i="1"/>
+  <c r="F286" i="1"/>
+  <c r="F287" i="1"/>
+  <c r="F288" i="1"/>
+  <c r="F289" i="1"/>
+  <c r="F290" i="1"/>
+  <c r="F291" i="1"/>
+  <c r="F292" i="1"/>
+  <c r="F293" i="1"/>
+  <c r="F294" i="1"/>
+  <c r="F295" i="1"/>
+  <c r="F296" i="1"/>
+  <c r="F297" i="1"/>
+  <c r="F298" i="1"/>
+  <c r="F299" i="1"/>
+  <c r="F300" i="1"/>
+  <c r="F301" i="1"/>
+  <c r="F302" i="1"/>
+  <c r="F303" i="1"/>
+  <c r="F304" i="1"/>
+  <c r="F305" i="1"/>
+  <c r="F306" i="1"/>
+  <c r="F307" i="1"/>
+  <c r="F308" i="1"/>
+  <c r="F309" i="1"/>
+  <c r="F310" i="1"/>
+  <c r="F311" i="1"/>
+  <c r="F312" i="1"/>
+  <c r="F313" i="1"/>
+  <c r="F314" i="1"/>
+  <c r="F315" i="1"/>
+  <c r="F316" i="1"/>
+  <c r="F317" i="1"/>
+  <c r="F318" i="1"/>
+  <c r="F319" i="1"/>
+  <c r="F320" i="1"/>
+  <c r="F321" i="1"/>
+  <c r="F322" i="1"/>
+  <c r="F323" i="1"/>
+  <c r="F324" i="1"/>
+  <c r="F325" i="1"/>
+  <c r="F326" i="1"/>
+  <c r="F327" i="1"/>
+  <c r="F328" i="1"/>
+  <c r="F329" i="1"/>
+  <c r="F330" i="1"/>
+  <c r="F331" i="1"/>
+  <c r="F332" i="1"/>
+  <c r="F333" i="1"/>
+  <c r="F334" i="1"/>
+  <c r="F335" i="1"/>
+  <c r="F336" i="1"/>
+  <c r="F337" i="1"/>
+  <c r="F338" i="1"/>
+  <c r="F339" i="1"/>
+  <c r="F340" i="1"/>
+  <c r="F341" i="1"/>
+  <c r="F342" i="1"/>
+  <c r="F343" i="1"/>
+  <c r="F344" i="1"/>
+  <c r="F345" i="1"/>
+  <c r="F346" i="1"/>
+  <c r="F347" i="1"/>
+  <c r="F348" i="1"/>
+  <c r="F349" i="1"/>
+  <c r="F350" i="1"/>
+  <c r="F351" i="1"/>
+  <c r="F352" i="1"/>
+  <c r="F353" i="1"/>
+  <c r="F354" i="1"/>
+  <c r="F355" i="1"/>
+  <c r="F356" i="1"/>
+  <c r="F357" i="1"/>
+  <c r="F358" i="1"/>
+  <c r="F359" i="1"/>
+  <c r="F360" i="1"/>
+  <c r="F361" i="1"/>
+  <c r="F362" i="1"/>
+  <c r="F363" i="1"/>
+  <c r="F364" i="1"/>
+  <c r="F365" i="1"/>
+  <c r="F366" i="1"/>
+  <c r="F367" i="1"/>
+  <c r="F368" i="1"/>
+  <c r="F369" i="1"/>
+  <c r="F370" i="1"/>
+  <c r="F371" i="1"/>
+  <c r="F372" i="1"/>
+  <c r="F373" i="1"/>
+  <c r="F374" i="1"/>
+  <c r="F375" i="1"/>
+  <c r="F376" i="1"/>
+  <c r="F377" i="1"/>
+  <c r="F378" i="1"/>
+  <c r="F379" i="1"/>
+  <c r="F380" i="1"/>
+  <c r="F381" i="1"/>
+  <c r="F382" i="1"/>
+  <c r="F383" i="1"/>
+  <c r="F384" i="1"/>
+  <c r="F385" i="1"/>
+  <c r="F386" i="1"/>
+  <c r="F387" i="1"/>
+  <c r="F388" i="1"/>
+  <c r="F389" i="1"/>
+  <c r="F390" i="1"/>
+  <c r="F391" i="1"/>
+  <c r="F392" i="1"/>
+  <c r="F393" i="1"/>
+  <c r="F394" i="1"/>
+  <c r="F395" i="1"/>
+  <c r="F396" i="1"/>
+  <c r="F397" i="1"/>
+  <c r="F398" i="1"/>
+  <c r="F399" i="1"/>
+  <c r="F400" i="1"/>
+  <c r="F401" i="1"/>
+  <c r="F402" i="1"/>
+  <c r="F403" i="1"/>
+  <c r="F404" i="1"/>
+  <c r="F405" i="1"/>
+  <c r="F406" i="1"/>
+  <c r="F407" i="1"/>
+  <c r="F408" i="1"/>
+  <c r="F409" i="1"/>
+  <c r="F410" i="1"/>
+  <c r="F411" i="1"/>
+  <c r="F412" i="1"/>
+  <c r="F413" i="1"/>
+  <c r="F414" i="1"/>
+  <c r="F415" i="1"/>
+  <c r="F416" i="1"/>
+  <c r="F417" i="1"/>
+  <c r="F418" i="1"/>
+  <c r="F419" i="1"/>
+  <c r="F420" i="1"/>
+  <c r="F421" i="1"/>
+  <c r="F422" i="1"/>
+  <c r="F423" i="1"/>
+  <c r="F424" i="1"/>
+  <c r="F425" i="1"/>
+  <c r="F426" i="1"/>
+  <c r="F427" i="1"/>
+  <c r="F428" i="1"/>
+  <c r="F429" i="1"/>
+  <c r="F430" i="1"/>
+  <c r="F431" i="1"/>
+  <c r="F432" i="1"/>
+  <c r="F433" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="E23" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="E27" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="E31" i="1"/>
+  <c r="E32" i="1"/>
+  <c r="E33" i="1"/>
+  <c r="E34" i="1"/>
+  <c r="E35" i="1"/>
+  <c r="E36" i="1"/>
+  <c r="E37" i="1"/>
+  <c r="E38" i="1"/>
+  <c r="E39" i="1"/>
+  <c r="E40" i="1"/>
+  <c r="E41" i="1"/>
+  <c r="E42" i="1"/>
   <c r="E43" i="1"/>
-  <c r="F42" i="1"/>
-[...26 lines deleted...]
-  <c r="F173" i="1"/>
+  <c r="E44" i="1"/>
+  <c r="E45" i="1"/>
+  <c r="E46" i="1"/>
+  <c r="E47" i="1"/>
+  <c r="E48" i="1"/>
+  <c r="E49" i="1"/>
+  <c r="E50" i="1"/>
+  <c r="E51" i="1"/>
+  <c r="E52" i="1"/>
+  <c r="E53" i="1"/>
+  <c r="E54" i="1"/>
+  <c r="E55" i="1"/>
+  <c r="E56" i="1"/>
+  <c r="E57" i="1"/>
+  <c r="E58" i="1"/>
+  <c r="E59" i="1"/>
+  <c r="E60" i="1"/>
+  <c r="E61" i="1"/>
+  <c r="E62" i="1"/>
+  <c r="E63" i="1"/>
+  <c r="E64" i="1"/>
+  <c r="E65" i="1"/>
+  <c r="E66" i="1"/>
+  <c r="E67" i="1"/>
+  <c r="E68" i="1"/>
+  <c r="E69" i="1"/>
+  <c r="E70" i="1"/>
+  <c r="E71" i="1"/>
+  <c r="E72" i="1"/>
+  <c r="E73" i="1"/>
+  <c r="E74" i="1"/>
+  <c r="E75" i="1"/>
+  <c r="E76" i="1"/>
+  <c r="E77" i="1"/>
+  <c r="E78" i="1"/>
+  <c r="E79" i="1"/>
+  <c r="E80" i="1"/>
+  <c r="E81" i="1"/>
+  <c r="E82" i="1"/>
+  <c r="E83" i="1"/>
+  <c r="E84" i="1"/>
+  <c r="E85" i="1"/>
+  <c r="E86" i="1"/>
+  <c r="E87" i="1"/>
+  <c r="E88" i="1"/>
+  <c r="E89" i="1"/>
+  <c r="E90" i="1"/>
+  <c r="E91" i="1"/>
+  <c r="E92" i="1"/>
+  <c r="E93" i="1"/>
+  <c r="E94" i="1"/>
+  <c r="E95" i="1"/>
+  <c r="E96" i="1"/>
+  <c r="E97" i="1"/>
+  <c r="E98" i="1"/>
+  <c r="E99" i="1"/>
+  <c r="E100" i="1"/>
+  <c r="E101" i="1"/>
+  <c r="E102" i="1"/>
+  <c r="E103" i="1"/>
+  <c r="E104" i="1"/>
+  <c r="E105" i="1"/>
+  <c r="E106" i="1"/>
+  <c r="E107" i="1"/>
+  <c r="E108" i="1"/>
+  <c r="E109" i="1"/>
+  <c r="E110" i="1"/>
+  <c r="E111" i="1"/>
+  <c r="E112" i="1"/>
+  <c r="E113" i="1"/>
+  <c r="E114" i="1"/>
+  <c r="E115" i="1"/>
+  <c r="E116" i="1"/>
+  <c r="E117" i="1"/>
+  <c r="E118" i="1"/>
+  <c r="E119" i="1"/>
+  <c r="E120" i="1"/>
+  <c r="E121" i="1"/>
+  <c r="E122" i="1"/>
+  <c r="E123" i="1"/>
+  <c r="E124" i="1"/>
+  <c r="E125" i="1"/>
+  <c r="E126" i="1"/>
+  <c r="E127" i="1"/>
+  <c r="E128" i="1"/>
+  <c r="E129" i="1"/>
+  <c r="E130" i="1"/>
+  <c r="E131" i="1"/>
+  <c r="E132" i="1"/>
+  <c r="E133" i="1"/>
+  <c r="E134" i="1"/>
+  <c r="E135" i="1"/>
+  <c r="E136" i="1"/>
+  <c r="E137" i="1"/>
+  <c r="E138" i="1"/>
+  <c r="E139" i="1"/>
+  <c r="E140" i="1"/>
+  <c r="E141" i="1"/>
+  <c r="E142" i="1"/>
+  <c r="E143" i="1"/>
+  <c r="E144" i="1"/>
+  <c r="E145" i="1"/>
+  <c r="E146" i="1"/>
+  <c r="E147" i="1"/>
+  <c r="E148" i="1"/>
+  <c r="E149" i="1"/>
+  <c r="E150" i="1"/>
+  <c r="E151" i="1"/>
+  <c r="E152" i="1"/>
+  <c r="E153" i="1"/>
+  <c r="E154" i="1"/>
+  <c r="E155" i="1"/>
+  <c r="E156" i="1"/>
+  <c r="E157" i="1"/>
+  <c r="E158" i="1"/>
+  <c r="E159" i="1"/>
+  <c r="E160" i="1"/>
+  <c r="E161" i="1"/>
+  <c r="E162" i="1"/>
+  <c r="E163" i="1"/>
+  <c r="E164" i="1"/>
+  <c r="E165" i="1"/>
+  <c r="E166" i="1"/>
+  <c r="E167" i="1"/>
+  <c r="E168" i="1"/>
+  <c r="E169" i="1"/>
+  <c r="E170" i="1"/>
+  <c r="E171" i="1"/>
+  <c r="E172" i="1"/>
   <c r="E173" i="1"/>
-  <c r="F172" i="1"/>
-[...259 lines deleted...]
-  <c r="G10" i="1" l="1"/>
+  <c r="E174" i="1"/>
+  <c r="E175" i="1"/>
+  <c r="E176" i="1"/>
+  <c r="E177" i="1"/>
+  <c r="E178" i="1"/>
+  <c r="E179" i="1"/>
+  <c r="E180" i="1"/>
+  <c r="E181" i="1"/>
+  <c r="E182" i="1"/>
+  <c r="E183" i="1"/>
+  <c r="E184" i="1"/>
+  <c r="E185" i="1"/>
+  <c r="E186" i="1"/>
+  <c r="E187" i="1"/>
+  <c r="E188" i="1"/>
+  <c r="E189" i="1"/>
+  <c r="E190" i="1"/>
+  <c r="E191" i="1"/>
+  <c r="E192" i="1"/>
+  <c r="E193" i="1"/>
+  <c r="E194" i="1"/>
+  <c r="E195" i="1"/>
+  <c r="E196" i="1"/>
+  <c r="E197" i="1"/>
+  <c r="E198" i="1"/>
+  <c r="E199" i="1"/>
+  <c r="E200" i="1"/>
+  <c r="E201" i="1"/>
+  <c r="E202" i="1"/>
+  <c r="E203" i="1"/>
+  <c r="E204" i="1"/>
+  <c r="E205" i="1"/>
+  <c r="E206" i="1"/>
+  <c r="E207" i="1"/>
+  <c r="E208" i="1"/>
+  <c r="E209" i="1"/>
+  <c r="E210" i="1"/>
+  <c r="E211" i="1"/>
+  <c r="E212" i="1"/>
+  <c r="E213" i="1"/>
+  <c r="E214" i="1"/>
+  <c r="E215" i="1"/>
+  <c r="E216" i="1"/>
+  <c r="E217" i="1"/>
+  <c r="E218" i="1"/>
+  <c r="E219" i="1"/>
+  <c r="E220" i="1"/>
+  <c r="E221" i="1"/>
+  <c r="E222" i="1"/>
+  <c r="E223" i="1"/>
+  <c r="E224" i="1"/>
+  <c r="E225" i="1"/>
+  <c r="E226" i="1"/>
+  <c r="E227" i="1"/>
+  <c r="E228" i="1"/>
+  <c r="E229" i="1"/>
+  <c r="E230" i="1"/>
+  <c r="E231" i="1"/>
+  <c r="E232" i="1"/>
+  <c r="E233" i="1"/>
+  <c r="E234" i="1"/>
+  <c r="E235" i="1"/>
+  <c r="E236" i="1"/>
+  <c r="E237" i="1"/>
+  <c r="E238" i="1"/>
+  <c r="E239" i="1"/>
+  <c r="E240" i="1"/>
+  <c r="E241" i="1"/>
+  <c r="E242" i="1"/>
+  <c r="E243" i="1"/>
+  <c r="E244" i="1"/>
+  <c r="E245" i="1"/>
+  <c r="E246" i="1"/>
+  <c r="E247" i="1"/>
+  <c r="E248" i="1"/>
+  <c r="E249" i="1"/>
+  <c r="E250" i="1"/>
+  <c r="E251" i="1"/>
+  <c r="E252" i="1"/>
+  <c r="E253" i="1"/>
+  <c r="E254" i="1"/>
+  <c r="E255" i="1"/>
+  <c r="E256" i="1"/>
+  <c r="E257" i="1"/>
+  <c r="E258" i="1"/>
+  <c r="E259" i="1"/>
+  <c r="E260" i="1"/>
+  <c r="E261" i="1"/>
+  <c r="E262" i="1"/>
+  <c r="E263" i="1"/>
+  <c r="E264" i="1"/>
+  <c r="E265" i="1"/>
+  <c r="E266" i="1"/>
+  <c r="E267" i="1"/>
+  <c r="E268" i="1"/>
+  <c r="E269" i="1"/>
+  <c r="E270" i="1"/>
+  <c r="E271" i="1"/>
+  <c r="E272" i="1"/>
+  <c r="E273" i="1"/>
+  <c r="E274" i="1"/>
+  <c r="E275" i="1"/>
+  <c r="E276" i="1"/>
+  <c r="E277" i="1"/>
+  <c r="E278" i="1"/>
+  <c r="E279" i="1"/>
+  <c r="E280" i="1"/>
+  <c r="E281" i="1"/>
+  <c r="E282" i="1"/>
+  <c r="E283" i="1"/>
+  <c r="E284" i="1"/>
+  <c r="E285" i="1"/>
+  <c r="E286" i="1"/>
+  <c r="E287" i="1"/>
+  <c r="E288" i="1"/>
+  <c r="E289" i="1"/>
+  <c r="E290" i="1"/>
+  <c r="E291" i="1"/>
+  <c r="E292" i="1"/>
+  <c r="E293" i="1"/>
+  <c r="E294" i="1"/>
+  <c r="E295" i="1"/>
+  <c r="E296" i="1"/>
+  <c r="E297" i="1"/>
+  <c r="E298" i="1"/>
+  <c r="E299" i="1"/>
+  <c r="E300" i="1"/>
+  <c r="E301" i="1"/>
+  <c r="E302" i="1"/>
+  <c r="E303" i="1"/>
+  <c r="E304" i="1"/>
+  <c r="E305" i="1"/>
+  <c r="E306" i="1"/>
+  <c r="E307" i="1"/>
+  <c r="E308" i="1"/>
+  <c r="E309" i="1"/>
+  <c r="E310" i="1"/>
+  <c r="E311" i="1"/>
+  <c r="E312" i="1"/>
+  <c r="E313" i="1"/>
+  <c r="E314" i="1"/>
+  <c r="E315" i="1"/>
+  <c r="E316" i="1"/>
+  <c r="E317" i="1"/>
+  <c r="E318" i="1"/>
+  <c r="E319" i="1"/>
+  <c r="E320" i="1"/>
+  <c r="E321" i="1"/>
+  <c r="E322" i="1"/>
+  <c r="E323" i="1"/>
+  <c r="E324" i="1"/>
+  <c r="E325" i="1"/>
+  <c r="E326" i="1"/>
+  <c r="E327" i="1"/>
+  <c r="E328" i="1"/>
+  <c r="E329" i="1"/>
+  <c r="E330" i="1"/>
+  <c r="E331" i="1"/>
+  <c r="E332" i="1"/>
+  <c r="E333" i="1"/>
+  <c r="E334" i="1"/>
+  <c r="E335" i="1"/>
+  <c r="E336" i="1"/>
+  <c r="E337" i="1"/>
+  <c r="E338" i="1"/>
+  <c r="E339" i="1"/>
+  <c r="E340" i="1"/>
+  <c r="E341" i="1"/>
+  <c r="E342" i="1"/>
+  <c r="E343" i="1"/>
+  <c r="E344" i="1"/>
+  <c r="E345" i="1"/>
+  <c r="E346" i="1"/>
+  <c r="E347" i="1"/>
+  <c r="E348" i="1"/>
+  <c r="E349" i="1"/>
+  <c r="E350" i="1"/>
+  <c r="E351" i="1"/>
+  <c r="E352" i="1"/>
+  <c r="E353" i="1"/>
+  <c r="E354" i="1"/>
+  <c r="E355" i="1"/>
+  <c r="E356" i="1"/>
+  <c r="E357" i="1"/>
+  <c r="E358" i="1"/>
+  <c r="E359" i="1"/>
+  <c r="E360" i="1"/>
+  <c r="E361" i="1"/>
+  <c r="E362" i="1"/>
+  <c r="E363" i="1"/>
+  <c r="E364" i="1"/>
+  <c r="E365" i="1"/>
+  <c r="E366" i="1"/>
+  <c r="E367" i="1"/>
+  <c r="E368" i="1"/>
+  <c r="E369" i="1"/>
+  <c r="E370" i="1"/>
+  <c r="E371" i="1"/>
+  <c r="E372" i="1"/>
+  <c r="E373" i="1"/>
+  <c r="E374" i="1"/>
+  <c r="E375" i="1"/>
+  <c r="E376" i="1"/>
+  <c r="E377" i="1"/>
+  <c r="E378" i="1"/>
+  <c r="E379" i="1"/>
+  <c r="E380" i="1"/>
+  <c r="E381" i="1"/>
+  <c r="E382" i="1"/>
+  <c r="E383" i="1"/>
+  <c r="E384" i="1"/>
+  <c r="E385" i="1"/>
+  <c r="E386" i="1"/>
+  <c r="E387" i="1"/>
+  <c r="E388" i="1"/>
+  <c r="E389" i="1"/>
+  <c r="E390" i="1"/>
+  <c r="E391" i="1"/>
+  <c r="E392" i="1"/>
+  <c r="E393" i="1"/>
+  <c r="E394" i="1"/>
+  <c r="E395" i="1"/>
+  <c r="E396" i="1"/>
+  <c r="E397" i="1"/>
+  <c r="E398" i="1"/>
+  <c r="E399" i="1"/>
+  <c r="E400" i="1"/>
+  <c r="E401" i="1"/>
+  <c r="E402" i="1"/>
+  <c r="E403" i="1"/>
+  <c r="E404" i="1"/>
+  <c r="E405" i="1"/>
+  <c r="E406" i="1"/>
+  <c r="E407" i="1"/>
+  <c r="E408" i="1"/>
+  <c r="E409" i="1"/>
+  <c r="E410" i="1"/>
+  <c r="E411" i="1"/>
+  <c r="E412" i="1"/>
+  <c r="E413" i="1"/>
+  <c r="E414" i="1"/>
+  <c r="E415" i="1"/>
+  <c r="E416" i="1"/>
+  <c r="E417" i="1"/>
+  <c r="E418" i="1"/>
+  <c r="E419" i="1"/>
+  <c r="E420" i="1"/>
+  <c r="E421" i="1"/>
+  <c r="E422" i="1"/>
+  <c r="E423" i="1"/>
+  <c r="E424" i="1"/>
+  <c r="E425" i="1"/>
+  <c r="E426" i="1"/>
+  <c r="E427" i="1"/>
+  <c r="E428" i="1"/>
+  <c r="E429" i="1"/>
+  <c r="E430" i="1"/>
+  <c r="E431" i="1"/>
+  <c r="E432" i="1"/>
+  <c r="E433" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="853" uniqueCount="441">
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>Аквилегия Камео Блю энд Уайт(Вайт) d12 с/х</t>
+  </si>
+  <si>
+    <t>Аквилегия Камео Пинк энд Уайт d12 с/х</t>
+  </si>
+  <si>
+    <t>Арабис кавказский Кэтвок Уайт(Вайт) "Catwalk White" d12 с/х</t>
+  </si>
+  <si>
+    <t>Арабис кавказский Литл Треже Уайт(Вайт) "Little Treasure White" d12 с/х</t>
+  </si>
+  <si>
+    <t>Аренария (песчанка) горная Близзард d12 с/х</t>
+  </si>
+  <si>
+    <t>Армерия приморская Армада Роуз "Armada Rose" d12 с/х</t>
+  </si>
+  <si>
+    <t>Армерия приморская Монинг Стар Дип Роуз d12 с/х</t>
+  </si>
+  <si>
+    <t>Армерия приморская Монинг Стар Уайт d12 с/х</t>
+  </si>
+  <si>
+    <t>Астильба Арендса микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Астильба Арендса Пол Гардер "Paul Gaarder" d17 с/х</t>
+  </si>
+  <si>
+    <t>Астильба Арендса розовая d9 с/х</t>
+  </si>
+  <si>
+    <t>Астильба Пурпурланце "Purpurlanze" d17 с/х</t>
+  </si>
+  <si>
+    <t>Астра альпийская d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Астра альпийская Блю "Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра альпийская Блю "Blue" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Астра альпийская Микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра кустарниковая Аполло d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра кустарниковая Профессор Антон Киппенберг d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра кустовая (кустарниковая) осенняя d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Астра новобельгийская Микс d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Арктик Уайт "Showmakers Arctic White" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Блю Мун "Showmakers Blue Moon" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Бэби Пинк "Showmakers Baby Pink" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Индиго Айс "Showmakers Indigo Ice" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Лавендер "Showmakers Lavender" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Лилак Сансет "Showmakers Lilac Sunset" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Маджента "Showmakers Magenta" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Полар "Showmakers Polar" d12 с/х</t>
+  </si>
+  <si>
+    <t>Астра Шоумэйке Претти Пинк "Showmakers Pretty Pink" d12 с/х</t>
+  </si>
+  <si>
+    <t>Бадан гибридный Галина Серова d9 с/х</t>
+  </si>
+  <si>
+    <t>Бадан гибридный Зильберлихт "Silberlicht" d9 с/х</t>
+  </si>
+  <si>
+    <t>Барвинок  d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Барвинок d12 с/х</t>
+  </si>
+  <si>
+    <t>Бузульник (d19) 3л с/х</t>
+  </si>
+  <si>
+    <t>Буквица d12 с/х</t>
+  </si>
+  <si>
+    <t>Буквица d9 с/х</t>
+  </si>
+  <si>
+    <t>Вальдштейния d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника Анниверсари Блю "Anniversary Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника Анниверсари Блю "Anniversary Blue" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Вероника Анниверсари Нью Роуз "Anniversary New Rose" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника длиннолистная d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника длиннолистная d9-10с/х</t>
+  </si>
+  <si>
+    <t>Вероника длиннолистная Блю Тон "Blue Tone" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника длиннолистная Браун Тон d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника колосистая Хайдекинд d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника колосковая Альба "Alba" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника колосковая Пинк Гоблин "Pink Goblin" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника Роника Блю d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероника седая Сильберси "Silbersee" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм Вероника Лавендельтурм "Lavendelturm" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм Вероника Лавендельтурм "Lavendelturm" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский Лептандра "Leptandra" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский Ред Эрроу "Red Arrow" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский Фасинейшен "Faschination" d12 с/х</t>
+  </si>
+  <si>
+    <t>Вероники колосковая Атомик Аметист "Atomic Amethyst" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Виола (фиалка) гибридная (МНОГОЛ) d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Виола (фиалка) гибридная (МНОГОЛЕТ) микс, смесь окрасок d12 с/х</t>
+  </si>
+  <si>
+    <t>Гайлардия Аризона Сан d12 с/х</t>
+  </si>
+  <si>
+    <t>Гайлардия грандифлора Аризона Ред Шейдес "Arizona Red Shades" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Амбер (Эмбер) Си "Amber See" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Арт Деко d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Берри Смузи d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Блэк Таффета "Black Taffeta" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Блэкаут "Blackout" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Гейхерелла Арт Тропико d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера гейхерелла Баттерд Рам "Buttered Rum" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Гейхерелла Блади Дайнозор "Bloody Dinosaur" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Гейхерелла Солар Эклипс "Solar eclipse" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Годжиберри "Gojiberry" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Голд Страйк "Gold strike" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Голд Страйк d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Голден Зебра d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Грейп Сода d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Джинджер Пич "Ginger Peach" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Джинджер Пич d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Капучино "Cappuccino" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Кира Грин Ти "Kira Green Tea" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Крем Брюле "Creme Brulee" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Мелтинг Файер d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Оранж Берри Раффлз "Orange Berry Ruffles" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Санрайз Фолс(Фоллс) "Sunrise Falls" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Снежный Ангел Сноу Ангел "Snow Angel" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Спайси Лайм "Spicy Lime" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Шоколад(Чоколат) Раффлз "Chocolate Ruffles" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Электра "Electra" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гейхера Палас Перпл (Пурпл) d12 с/х</t>
+  </si>
+  <si>
+    <t>Гелениум осенний Хелена Ред Шэйдз "Helena Red Shades" d12 с/х</t>
+  </si>
+  <si>
+    <t>Гелениум Хелена Голд "Helena Gold" d12 с/х</t>
+  </si>
+  <si>
+    <t>Герань крупнокорневи́щная d9 с/х</t>
+  </si>
+  <si>
+    <t>Гравилат Кой "Koi" d12 с/х</t>
+  </si>
+  <si>
+    <t>Дельфиниум высокий Мэджик Фонтейнс Скай Блю Уайт Би "Magic Fountain Sky Blue White Bee" d12 с/х</t>
+  </si>
+  <si>
+    <t>Дельфиниум Меджик Фонтейн Пьюр Вайт (Мэджик Фаунтейн) d12 с/х</t>
+  </si>
+  <si>
+    <t>Дельфиниум Мэджик Фонтейнc Дарк Блю Вайт Би d12 с/х</t>
+  </si>
+  <si>
+    <t>Дельфиниум Мэджик Фонтейнс Мид Блю Уайт Би d12 с/х</t>
+  </si>
+  <si>
+    <t>Дельфиниум Мэджик Фонтейнс Черри Блоссом Уайт Би d12 с/х</t>
+  </si>
+  <si>
+    <t>Дороникум восточный Леонардо Компакт d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка Атропурпурея d9 с/х</t>
+  </si>
+  <si>
+    <t>Живучка микс, смесь окрасок d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Атропурпуреа "Atropurpurea" d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Блэк Скаллоп(Скэллоп) "Black Scallop" d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Бронз Бьюти d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Катлинс Глант d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Махагони "Mahagony" d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Рейнбоу "Rainbow" d12 с/х</t>
+  </si>
+  <si>
+    <t>Живучка ползучая Шоколад Чип d12 с/х</t>
+  </si>
+  <si>
+    <t>Иберис вечнозеленый Сноу Флурис "Snow Flurries" d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис cибирский Курьер "Currier" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис бородатый микс d17 с/х</t>
+  </si>
+  <si>
+    <t>Ирис микс, смесь окрасок d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис микс, смесь окрасок d17 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Ама Но Хана "Ama no Hana" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Каблуе "Kabluey" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Каблуи d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Кита-Но-Сейза "Kita-no-Seiza" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Колонель Мустард "Colonel Mustard" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Лемон Вейл "Lemon Veil" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Магнетизм d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Нот Куайт Уайт d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Пурпл Флоу (purple flower) d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Сизар'с Бразе d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский синий Блю Кинг d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский синий Блю Кинг d9 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Спиндезл "Spindazzle" d15 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Цезарс Бразе d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис сибирский Юэн d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис японский Вайт Ледиз (Уайт) d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис японский Голд Баунд d12 с/х</t>
+  </si>
+  <si>
+    <t>Ирис японский Пёпл Парасол d12 с/х</t>
+  </si>
+  <si>
+    <t>Камнеломка Арендса d8-10 с/х</t>
+  </si>
+  <si>
+    <t>Камнеломка Арендса Хайлендер d12 с/х</t>
+  </si>
+  <si>
+    <t>Камнеломка Лофти Пинк Шейдс(Шейдес) d12 с/х</t>
+  </si>
+  <si>
+    <t>Камнеломка Плетеносная (Плант микс) d8-10 с/х</t>
+  </si>
+  <si>
+    <t>КаННа 10л (d28) с/х</t>
+  </si>
+  <si>
+    <t>КаННа зеленолистная Бриллиант "Brillant" d15 с/х</t>
+  </si>
+  <si>
+    <t>КаННа Зеленолистная Миссис Оклахома "Mrs.Oklahoma" d15 с/х</t>
+  </si>
+  <si>
+    <t>КаННа зеленолистная Сити оф Портленд "City of Portland" d15 с/х</t>
+  </si>
+  <si>
+    <t>КаННа карликовая Делибаб "Delibab" d15 с/х</t>
+  </si>
+  <si>
+    <t>КаННа микс смесь сортов d12 с/х</t>
+  </si>
+  <si>
+    <t>Книпхофия (Книфофия) микс 2л с/х</t>
+  </si>
+  <si>
+    <t>Колокольчик (Кампанула) Портеншлага Катарина "Catharina" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Колокольчик карпатский Перл вайт d12 с/х</t>
+  </si>
+  <si>
+    <t>Колокольчик рапунцелевидный Кэмбелл Блю "Cambell Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Копытень d9 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис (БЕЗ СОРТА) d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Мейк Ап Еллоу(Йеллоу) Ред Ай "MakeUp Yellow Red Eye" d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Сан Кисс d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Соланна Брайт Тач "Solanna Bright Touch" d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Соланна Голден Сфере "Solanna Golden Sphere" d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Соланна Сансет Бурст d12 с/х</t>
+  </si>
+  <si>
+    <t>Кореопсис Эрли Санрайз "Early Sunrise" d12 с/х</t>
+  </si>
+  <si>
+    <t>Кровохлебка лекарственная Грейт Бурнет "Great Burnet" d12 с/х</t>
+  </si>
+  <si>
+    <t>Купена d9 с/х</t>
+  </si>
+  <si>
+    <t>Купена серповидная Вариегатум d17 с/х</t>
+  </si>
+  <si>
+    <t>Ландыш d9 с/х</t>
+  </si>
+  <si>
+    <t>Ландыш майский микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Лапчатка травянистая темно-кроваво-красная Ред (Рэд) "Red" d12 с/х</t>
+  </si>
+  <si>
+    <t>Лизимахия (Вербейник точечный) d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Лизимахия (Вербейник точечный) микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Беттилен "Bettylen" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Блэк Айд Сюзан d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Вудсайд Аметист "Woodside Amethyst" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Грейп Шербет(Грэйп Щербет) "Grape Sherbert" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Дан Махони "Dan Mahony" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Дарья "Daria" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Пейнт ит Блэк "Paint it Black" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Пурпл Де Оро "Purple de Oro" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Тропикал Сюрпрайз "Tropical Suprise" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Фрейгрант Рефлекшн d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Хеллоу Скример "Hello Screamer" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Чиз энд Вайн d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Эвери Дейлили Бронз d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник гибридный Экселент "Excellent" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Драгон Флайт d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Кетчер ин зе Ай "Catcher in the Eye" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Лонгфилд Баттерфляй d15 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Лонгфилдс Глори d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Мадлин Неттлс Айз "Madeline Nettles Eyes" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Мартина Верхарт d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Матрешка d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Мауна Лоа d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник микс d15 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник микс d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник микс d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Мини Стелла d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник миниатюрный желтый d15 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Минстрел Бой "Minstrel Boy" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Найт Бекон "Night Beacon" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Найт Эмберс "Night Embers" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Пардон Ми d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Пэррот Тату "Parrot Tattoo" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Снаггл Тус "Snaggle Tooth" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Тундеринг Овашн "Thundering Ovation" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Фулд Ми d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Хевенли Мистер Твистер "Heavenly Mr Twister" d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Холидэй Делайт d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Чикаго Санрайз d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДейлили Крим d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДейлили Панч Еллоу d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДейлили Пинк Крим d15 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДейлили Ред Рибс d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДейлили Роуз d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник ЭвериДэйлили Сериз d17 с/х</t>
+  </si>
+  <si>
+    <t>Лилейник Энтрапмент d17 с/х</t>
+  </si>
+  <si>
+    <t>Лобелия прекрасная Старшип Блю d12 с/х</t>
+  </si>
+  <si>
+    <t>Лобелия прекрасная Старшип Скарлет Бронз Лиф "Starship Scarlet Bronze Leaf " d12 с/х</t>
+  </si>
+  <si>
+    <t>Люпин Люпини Ред Шейдс "Lupini Red Shades" d12 с/х</t>
+  </si>
+  <si>
+    <t>Манжетка d12 с/х</t>
+  </si>
+  <si>
+    <t>Манжетка Ириш Силк d12 (d13) с/х</t>
+  </si>
+  <si>
+    <t>Маргаритка кассета с/х</t>
+  </si>
+  <si>
+    <t>Медуница Марджери Фиш "Margery Fish" d19 с/х</t>
+  </si>
+  <si>
+    <t>Медуница микс d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Медуница Миссис Мун d19 с/х</t>
+  </si>
+  <si>
+    <t>Молодило d7-10 с/х</t>
+  </si>
+  <si>
+    <t>Монарда двойчатая Панорама Ред d12 с/х</t>
+  </si>
+  <si>
+    <t>Монарда Панорама микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Морозник Биминг Блаш "Beaming Blush" d15 с/х</t>
+  </si>
+  <si>
+    <t>Морозник Гесс "Guess" d15 с/х</t>
+  </si>
+  <si>
+    <t>Морозник Хэвенли(Хевенли) "Heavenly" d15 с/х</t>
+  </si>
+  <si>
+    <t>Наперстянка Далматин Крим (Крем) d12 с/х</t>
+  </si>
+  <si>
+    <t>Наперстянка Далматин Парпл (Пурпл) d12 с/х</t>
+  </si>
+  <si>
+    <t>Незабудка Беллами Вайт "Bellamy White" d12 с/х</t>
+  </si>
+  <si>
+    <t>Незабудка Мон Ами Блю "Mon Amie Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Незабудка Мон Ами Пинк "Mon Amie Pink" d12 с/х</t>
+  </si>
+  <si>
+    <t>Нивяник Крейзи Дейзи d12 с/х</t>
+  </si>
+  <si>
+    <t>Нивяник Мадонна "Madonna" d12 с/х</t>
+  </si>
+  <si>
+    <t>Нивяник О-ля-Лякрем "Ooh La Lacreme" d12 с/х</t>
+  </si>
+  <si>
+    <t>Платикодон Астра Блю "Astra Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Платикодон Поп Стар Блю d12 с/х</t>
+  </si>
+  <si>
+    <t>Примула Ксавьер "Xaver" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Примула Пегасус "Pegasus" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Примула Пирс Телфорд "Piers Telford" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Примула Юлии (МНОГОЛЕТ) 9-10 с/х</t>
+  </si>
+  <si>
+    <t>Прострел (Cон-трава) обыкновенный Пинвил микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Прострел (Cон-трава) Пинвил Блю Виолет Шейдес d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия d9 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия блестящая Гольдштурм (Голдструм) d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия волосистая (мохнатая) Сонора d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия волосистая (мохнатая) Тото Микс "Toto mix" d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия волосистая Отум(Отом) Колорс "Autumn Colors" d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия Денвер Дейзи "Denver Daisy" d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия микс, смесь окрасок d12 с/х</t>
+  </si>
+  <si>
+    <t>Рудбекия Тото Рустик d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Блю Спрайс d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Бриллиант d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Бриллиант d19 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) гибридный Карл d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) гибридный Класс Акт d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) гибридный Манстед Дарк Ред d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) гибридный Тачдаун Бриз d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Дабл Мартини d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Драгонс Блад d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) камчатский d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) камчатский Вариегатум d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) ложный Спот он Дип Роуз d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Манстед Дарк Ред d15 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Манстед Дарк Ред d17 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Манстед Дарк Ред d19 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Марина d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (очиток) микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) микс, смесь окрасок d9 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Мистер Гудбуд (Гудбад) d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Отем Джой d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Отем Джой d17 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) отогнутый Ангелина d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) отогнутый Клауд Валкер (Уолкер) d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Ред Карпет d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (очиток) Рок Н Гроу Лемонейд "Rock N Grow Lemonjade" d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Сельского Спирит d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) скальный Лидакензе d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Тандерхед d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Триколор d12 с/х</t>
+  </si>
+  <si>
+    <t>Седум (Очиток) Черри Траффл (Трафл) d12 с/х</t>
+  </si>
+  <si>
+    <t>Скабиоза японская (альпийская) Ритц Блу(Блю) "Ritz Blue" d12 с/х</t>
+  </si>
+  <si>
+    <t>Сныть d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Стахис (Чистец Шерстистый) d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Стахис (Чистец) Ферби "Furby" d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Тиарелла микс d12-15 с/х</t>
+  </si>
+  <si>
+    <t>Традесканция смесь окрасов d19 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник (обыкновенный) микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник (обыкновенный) микс d17 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник птармика Маршмэллоу "Marshmallow" d12 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник Саммер Пастель d12 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник Таволговый d12 с/х</t>
+  </si>
+  <si>
+    <t>Тысячелистник Флавербёрст Ред Шейдес "Flowerbust Red Shades" d12 с/х</t>
+  </si>
+  <si>
+    <t>Физостегия d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Физостегия Кристал Пик Вайт "Crystal Peak White" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Вечерняя Гжель "Vechernyaya Gzhel" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Герман "German" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Зимнее Утро "Zimnee Utro" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Илларион "Illarion" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Классика "Classic" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Красные Звезды(Ред Старс) "Red Stars" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Лайнер "Layner" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Анфиса d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Атлант d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Бисер d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Бон-Бон d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Верный d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Весенний Сад d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Виктория d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Виринея d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Всемил d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Гжель d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Гжель Макси d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Голубая Гортензия d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Голубые Кристаллы d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Горислав d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Грибной дождь d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Гуттиэре d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Далила d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Джулия d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Дракон d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Дымчатое Суфле d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Евгения d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Егорка d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Земляничное Суфле d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Зумба d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Ихтиандр d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Калинка d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Капелька d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Капитан d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Клементина d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Клеопатра "Cleopatra" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Лавендел Вольке "Lovendel Wolke" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Лариса "Larissa" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Лариса d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Лаура "Laura" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Малина Ранняя "Malina Rannyaya" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Мари "Mary" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Микс d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Милена d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Мирослав "Miroslav" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Модница d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Молочное Суфле d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Морской Петух d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Народный "Narodniy" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Неон Флейр "Neon Flare" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Неон Щербет Бленд "Neon Sherbet Blend" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Нора Лей "Nora Leigh" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Пересвет d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Пикассо "Picasso" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Плюш Сиреневый d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Полина "Polina" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Принцесса Лаванда d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Римма d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Румяная Малышка d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Седой Урал d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Селена d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Синий взгляд d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Синий Дракон d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Сказочное суфле d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый смесь окрасов d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Смешинки d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Снежный принц d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Старый маяк d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Стразы d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Суфле-Смородина d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Фея "Feya" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Хербствальцер "Herbstwalzer" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Царевна-Лебедь d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Цитадель "Citadel" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Шнелавин "Schneelawine" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Шторм d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Юник Мов d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс метельчатый Яркое лето d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Мэджик(Мэджик) Блю "Magic Blue" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Набат "Nabat" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Нелли "Nelly" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Остров Санторини "Ostrov Santorini" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Пеперминт Твист "Peppermint Twist" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Серафима "Serafima" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Сильфида "Silfida" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Синьор Помидор "Signor Pomidor" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Татьяна "Tatjana" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Текила Санрайз "Tequila Sunrise" d15 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Филимон "Filimon" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Царь Салтан "Tsar Saltan" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Чистое Небо "Chistoye Nebo" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс шиловидный БЕЗ СОРТА d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Эльдар "Eldar" d12 с/х</t>
+  </si>
+  <si>
+    <t>Флокс Эрли Стар "Early Star" d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Альбомаргината d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Альбомаргината д 17-19</t>
+  </si>
+  <si>
+    <t>Хоста Ауреомаргината d17-19с/х</t>
+  </si>
+  <si>
+    <t>Хоста Блю Ангел d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Блю Ангел d17-19 с/х</t>
+  </si>
+  <si>
+    <t>Хоста гибридная Дрим Квин "Dream Queen" d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Голден Тиара "Golden Tiara" d22 (5л) с/х</t>
+  </si>
+  <si>
+    <t>Хоста Голден Тиара d17 -19с/х</t>
+  </si>
+  <si>
+    <t>Хоста Карин d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Кэптинз Эдвенчер d17-19 с/х</t>
+  </si>
+  <si>
+    <t>Хоста микс, гибридная d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста микс, гибридная d17 с/х</t>
+  </si>
+  <si>
+    <t>Хоста микс, гибридная d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Ти эт Беттис d17 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Франс d17-19  с/х</t>
+  </si>
+  <si>
+    <t>Хоста Халцион d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Халцион d17-19 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Эль Нино d15 с/х</t>
+  </si>
+  <si>
+    <t>Хоста Эль Нино d17-19 с/х</t>
+  </si>
+  <si>
+    <t>Эдельвейс Альпийский d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Эхинацея микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Эхинацея Поллинейшн Оранж Ред "PollyNation Orange Red" d12 с/х</t>
+  </si>
+  <si>
+    <t>Эхинацея Примадонна Дип Роуз d12 с/х</t>
+  </si>
+  <si>
+    <t>Эхинацея Примадонна Уайт d12 с/х</t>
+  </si>
+  <si>
+    <t>Эхинацея пурпурная микс d12 с/х</t>
+  </si>
+  <si>
+    <t>Ясколка войлочная d12 с/х</t>
+  </si>
+  <si>
+    <t>Яснотка Крапчатая d9-10 с/х</t>
+  </si>
+  <si>
+    <t>Яснотка Лами Мега Пурпл "Lami Mega Purple" d12 с/х</t>
+  </si>
+  <si>
+    <t>Яснотка пятнистая (Ламиаструм) Пинк Пьютер d12 с/х</t>
+  </si>
+  <si>
+    <t xml:space="preserve">тел. магазина: 8 (965) 345-00-75  </t>
+  </si>
+  <si>
+    <t>Для заполнения клиентом</t>
+  </si>
+  <si>
+    <t>Заказчик</t>
+  </si>
+  <si>
+    <t>Адрес</t>
+  </si>
+  <si>
+    <t>Телефон/email</t>
+  </si>
+  <si>
+    <t>Получение  (самовывоз, доставка)</t>
+  </si>
+  <si>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Для сохранения скидки на будущий год необходимо, чтобы общая сумма всех покупок в течение текущего календарного года была не менее 80 000 руб.</t>
+  </si>
+  <si>
+    <t>Для сохранения скидки на будущий год необходимо, чтобы общая сумма всех покупок в течение текущего календарного года была не менее 200 000 руб.</t>
+  </si>
+  <si>
+    <t>Скидки не предоставляются на срезку тюльпана и черенки.</t>
+  </si>
+  <si>
+    <t>E-mail:  opt@rassadacvetov.ru</t>
+  </si>
+  <si>
+    <t>Упаковочная тара оплачивается отдельно:</t>
+  </si>
+  <si>
+    <t>картонная коробка 60х40х20 - цена 150 руб.</t>
+  </si>
+  <si>
+    <t>картонная коробка 60х40х40 - цена 170 руб.</t>
+  </si>
+  <si>
+    <t>ящик пластиковый 60х40х20 - цена 300 руб.</t>
+  </si>
+  <si>
+    <t>Наименование</t>
+  </si>
+  <si>
+    <t>Розничная цена</t>
+  </si>
+  <si>
+    <t>Мелкий опт</t>
+  </si>
+  <si>
+    <t>Крупный опт</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Выращивание под заказ.           Доставка.            12.03.2026 год  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">тел.: 8 (969) 040-00-75 Александра,    8 (905)725-86-20 Маргарита,                   8 (966) 345-00-75 Наталия,  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПРАЙС-ЛИСТ на 2026 год МНОГОЛЕТНИКИ   в горшках </t>
+  </si>
   <si>
     <t>№</t>
   </si>
   <si>
-    <t>Культура/Сорт</t>
-[...203 lines deleted...]
-    <t>Вербена</t>
+    <t xml:space="preserve">                                    коробка картонная 60х40х50 - цена 240 руб.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="9"/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Розничная цена</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> устанавливается при покупке товара на сумму до 30 000 руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>Мелкооптовая цена</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve">  устанавливается при покупке товара на сумму от 30 000 руб. до 70 000 руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>Крупнооптовая цена</t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
+        <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
-      <t xml:space="preserve"> для юридических и физических лиц устанавливается при покупке товара на сумму от 70 001 руб. и выше.</t>
+      <t xml:space="preserve"> устанавливается при покупке товара на сумму от 70 001 руб.</t>
     </r>
-  </si>
-[...217 lines deleted...]
-    <t xml:space="preserve">  картонная коробка 60х40х50 - цена 240 руб.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="#,##0.00\ [$руб.-419];[Red]\-#,##0.00\ [$руб.-419]"/>
+    <numFmt numFmtId="164" formatCode="#,##0\ &quot;₽&quot;"/>
   </numFmts>
-  <fonts count="38" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="8"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF333333"/>
+      <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
-      <scheme val="minor"/>
-[...42 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="16"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Times New Roman"/>
       <family val="1"/>
+      <charset val="204"/>
     </font>
     <font>
-      <sz val="11"/>
-[...2 lines deleted...]
-      <family val="2"/>
+      <b/>
+      <i/>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
       <charset val="204"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
-      <sz val="10"/>
-[...7 lines deleted...]
-      <sz val="10"/>
+      <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <family val="1"/>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="204"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="3" tint="-0.499984740745262"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-      <color theme="1"/>
+      <sz val="14"/>
+      <color theme="3" tint="-0.499984740745262"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="3" tint="-0.499984740745262"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="3" tint="-0.499984740745262"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="11"/>
-[...19 lines deleted...]
-      <sz val="8"/>
+      <b/>
+      <sz val="20"/>
+      <color theme="3" tint="-0.499984740745262"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <i/>
-[...39 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
-    <font>
-[...62 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor auto="1"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.79998168889431442"/>
-[...5 lines deleted...]
-        <fgColor theme="5" tint="0.79998168889431442"/>
+        <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left/>
       <right/>
-      <top style="thin">
-[...50 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...18 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="13">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="42">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0">
-      <alignment horizontal="center" textRotation="90"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="10" applyFont="1" applyFill="1"/>
-[...209 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="13">
-[...7 lines deleted...]
-    <cellStyle name="Гиперссылка" xfId="11" builtinId="8"/>
+  <cellStyles count="3">
+    <cellStyle name="0,0_x000d__x000a_NA_x000d__x000a_" xfId="1" xr:uid="{58A70222-B431-450E-966A-3BF1B23AFC55}"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
-    <cellStyle name="Обычный 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Обычный 8" xfId="3" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Обычный 2" xfId="2" xr:uid="{678F0862-1448-4371-9C8F-DF14E06BB0E8}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...4 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>115188</xdr:rowOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>857250</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>17208</xdr:rowOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>381000</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>1628775</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Рисунок 1" descr="img133.jpg">
+        <xdr:cNvPr id="3" name="Рисунок 7" descr="Надпись.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{640D73FA-DE1B-4DE4-A1C9-15530ACB670A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="44057755"/>
-          <a:ext cx="6532612" cy="2334298"/>
+          <a:off x="857250" y="76200"/>
+          <a:ext cx="5048250" cy="1552575"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1284570</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:colOff>2352675</xdr:colOff>
+      <xdr:row>438</xdr:row>
+      <xdr:rowOff>47626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>5</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>1519116</xdr:rowOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>444</xdr:row>
+      <xdr:rowOff>13246</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Рисунок 7" descr="Надпись.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CCE723D-4095-4574-90E2-7205B557346C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="1597534" y="0"/>
-          <a:ext cx="3785117" cy="1519116"/>
+          <a:off x="2733675" y="95526226"/>
+          <a:ext cx="2066925" cy="822870"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
-        <a:ln w="9525">
+        <a:ln>
           <a:noFill/>
-          <a:miter lim="800000"/>
-[...1 lines deleted...]
-          <a:tailEnd/>
         </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:miter lim="800000"/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -1948,3910 +3047,9515 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rassadacvetov.com/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P367"/>
+  <sheetPr>
+    <outlinePr summaryBelow="0" summaryRight="0"/>
+    <pageSetUpPr autoPageBreaks="0"/>
+  </sheetPr>
+  <dimension ref="A1:I438"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A159" zoomScale="95" zoomScaleNormal="130" zoomScaleSheetLayoutView="95" workbookViewId="0">
-      <selection activeCell="A177" sqref="A177:H177"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13:F13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="10.5" defaultRowHeight="11.45" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="4.42578125" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="8.7109375" style="2"/>
+    <col min="1" max="1" width="6.6640625" customWidth="1"/>
+    <col min="2" max="2" width="77.33203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="5.1640625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.1640625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5" customWidth="1"/>
+    <col min="6" max="6" width="12.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="120" customHeight="1" x14ac:dyDescent="0.4">
-[...382 lines deleted...]
-      <c r="B27" s="16" t="s">
+    <row r="1" spans="1:9" ht="129" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+    </row>
+    <row r="2" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="29" t="s">
+        <v>434</v>
+      </c>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="10"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+    </row>
+    <row r="3" spans="1:9" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="B3" s="31" t="s">
+        <v>414</v>
+      </c>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
+      <c r="F3" s="31"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="12"/>
+      <c r="I3" s="12"/>
+    </row>
+    <row r="4" spans="1:9" ht="20.25" x14ac:dyDescent="0.2">
+      <c r="B4" s="32" t="s">
+        <v>424</v>
+      </c>
+      <c r="C4" s="32"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="14"/>
+      <c r="I4" s="14"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B5" s="16" t="s">
+        <v>415</v>
+      </c>
+      <c r="C5" s="16"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+    </row>
+    <row r="6" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B6" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C6" s="33"/>
+      <c r="D6" s="33"/>
+      <c r="E6" s="33"/>
+      <c r="F6" s="33"/>
+      <c r="G6" s="15"/>
+      <c r="H6" s="1"/>
+      <c r="I6" s="1"/>
+    </row>
+    <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B7" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="34"/>
+      <c r="I7" s="34"/>
+    </row>
+    <row r="8" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B8" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="15"/>
+      <c r="H8" s="35"/>
+      <c r="I8" s="35"/>
+    </row>
+    <row r="9" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B9" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+    </row>
+    <row r="10" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B10" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C10" s="13"/>
+      <c r="D10" s="13"/>
+      <c r="E10" s="13"/>
+      <c r="F10" s="13"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="1"/>
+      <c r="I10" s="1"/>
+    </row>
+    <row r="11" spans="1:9" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="B11" s="4"/>
+      <c r="C11" s="5"/>
+      <c r="D11" s="5"/>
+      <c r="E11" s="5"/>
+      <c r="F11" s="5"/>
+      <c r="G11" s="5"/>
+      <c r="H11" s="1"/>
+      <c r="I11" s="1"/>
+    </row>
+    <row r="12" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="40" t="s">
+        <v>438</v>
+      </c>
+      <c r="B12" s="40"/>
+      <c r="C12" s="40"/>
+      <c r="D12" s="40"/>
+      <c r="E12" s="40"/>
+      <c r="F12" s="40"/>
+      <c r="G12" s="1"/>
+      <c r="H12" s="1"/>
+      <c r="I12" s="6"/>
+    </row>
+    <row r="13" spans="1:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="41" t="s">
+        <v>439</v>
+      </c>
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="4"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="8"/>
+    </row>
+    <row r="14" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="36" t="s">
+        <v>421</v>
+      </c>
+      <c r="B14" s="36"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="36"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="36"/>
+      <c r="G14" s="18"/>
+      <c r="H14" s="18"/>
+      <c r="I14" s="8"/>
+    </row>
+    <row r="15" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="40" t="s">
+        <v>440</v>
+      </c>
+      <c r="B15" s="40"/>
+      <c r="C15" s="40"/>
+      <c r="D15" s="40"/>
+      <c r="E15" s="40"/>
+      <c r="F15" s="40"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="8"/>
+    </row>
+    <row r="16" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="36" t="s">
+        <v>422</v>
+      </c>
+      <c r="B16" s="36"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="36"/>
+      <c r="E16" s="36"/>
+      <c r="F16" s="36"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="8"/>
+    </row>
+    <row r="17" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="37" t="s">
+        <v>423</v>
+      </c>
+      <c r="B17" s="37"/>
+      <c r="C17" s="37"/>
+      <c r="D17" s="37"/>
+      <c r="E17" s="37"/>
+      <c r="F17" s="37"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9"/>
+      <c r="I17" s="8"/>
+    </row>
+    <row r="18" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="B18" s="38" t="s">
+        <v>433</v>
+      </c>
+      <c r="C18" s="38"/>
+      <c r="D18" s="38"/>
+      <c r="E18" s="38"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="19"/>
+      <c r="I18" s="19"/>
+    </row>
+    <row r="19" spans="1:9" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="39" t="s">
+        <v>435</v>
+      </c>
+      <c r="B19" s="39"/>
+      <c r="C19" s="39"/>
+      <c r="D19" s="39"/>
+      <c r="E19" s="39"/>
+      <c r="F19" s="39"/>
+      <c r="G19" s="19"/>
+      <c r="H19" s="19"/>
+      <c r="I19" s="19"/>
+    </row>
+    <row r="20" spans="1:9" ht="32.25" x14ac:dyDescent="0.3">
+      <c r="A20" s="23" t="s">
+        <v>436</v>
+      </c>
+      <c r="B20" s="23" t="s">
+        <v>429</v>
+      </c>
+      <c r="C20" s="23"/>
+      <c r="D20" s="24" t="s">
+        <v>430</v>
+      </c>
+      <c r="E20" s="24" t="s">
+        <v>431</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>432</v>
+      </c>
+      <c r="G20" s="19"/>
+      <c r="H20" s="19"/>
+      <c r="I20" s="19"/>
+    </row>
+    <row r="21" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="20">
         <v>1</v>
       </c>
-      <c r="C27" s="16" t="s">
-[...48 lines deleted...]
-      <c r="D29" s="30">
+      <c r="B21" s="20" t="s">
+        <v>1</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D21" s="25">
         <v>310</v>
       </c>
-      <c r="E29" s="31">
+      <c r="E21" s="25">
+        <f t="shared" ref="E21:E84" si="0">D21-D21/100*20</f>
+        <v>248</v>
+      </c>
+      <c r="F21" s="25">
+        <f t="shared" ref="F21:F84" si="1">D21-D21/100*30</f>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="20">
+        <v>2</v>
+      </c>
+      <c r="B22" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D22" s="25">
+        <v>310</v>
+      </c>
+      <c r="E22" s="25">
         <f t="shared" si="0"/>
         <v>248</v>
       </c>
-      <c r="F29" s="31">
+      <c r="F22" s="25">
         <f t="shared" si="1"/>
         <v>217</v>
       </c>
-      <c r="G29" s="19"/>
-[...30 lines deleted...]
-      <c r="D31" s="30">
+    </row>
+    <row r="23" spans="1:9" ht="30" x14ac:dyDescent="0.2">
+      <c r="A23" s="20">
+        <v>3</v>
+      </c>
+      <c r="B23" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D23" s="25">
         <v>280</v>
       </c>
-      <c r="E31" s="31">
+      <c r="E23" s="25">
         <f t="shared" si="0"/>
         <v>224</v>
       </c>
-      <c r="F31" s="31">
+      <c r="F23" s="25">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
-      <c r="G31" s="19"/>
-[...10 lines deleted...]
-      <c r="D32" s="30">
+    </row>
+    <row r="24" spans="1:9" ht="30" x14ac:dyDescent="0.2">
+      <c r="A24" s="20">
+        <v>4</v>
+      </c>
+      <c r="B24" s="20" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D24" s="25">
+        <v>280</v>
+      </c>
+      <c r="E24" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F24" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="20">
+        <v>5</v>
+      </c>
+      <c r="B25" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D25" s="25">
         <v>230</v>
       </c>
-      <c r="E32" s="31">
+      <c r="E25" s="25">
         <f t="shared" si="0"/>
         <v>184</v>
       </c>
-      <c r="F32" s="31">
+      <c r="F25" s="25">
         <f t="shared" si="1"/>
         <v>161</v>
       </c>
-      <c r="G32" s="19"/>
-[...10 lines deleted...]
-      <c r="D33" s="30">
+    </row>
+    <row r="26" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="20">
+        <v>6</v>
+      </c>
+      <c r="B26" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D26" s="25">
         <v>280</v>
       </c>
-      <c r="E33" s="31">
+      <c r="E26" s="25">
         <f t="shared" si="0"/>
         <v>224</v>
       </c>
-      <c r="F33" s="31">
+      <c r="F26" s="25">
         <f t="shared" si="1"/>
         <v>196</v>
       </c>
-      <c r="G33" s="19"/>
-[...10 lines deleted...]
-      <c r="D34" s="30">
+    </row>
+    <row r="27" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="20">
+        <v>7</v>
+      </c>
+      <c r="B27" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D27" s="25">
+        <v>280</v>
+      </c>
+      <c r="E27" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F27" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="20">
+        <v>8</v>
+      </c>
+      <c r="B28" s="20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D28" s="25">
+        <v>280</v>
+      </c>
+      <c r="E28" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F28" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="20">
+        <v>9</v>
+      </c>
+      <c r="B29" s="20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D29" s="25">
+        <v>330</v>
+      </c>
+      <c r="E29" s="25">
+        <f t="shared" si="0"/>
+        <v>264</v>
+      </c>
+      <c r="F29" s="25">
+        <f t="shared" si="1"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="20">
+        <v>10</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D30" s="25">
+        <v>450</v>
+      </c>
+      <c r="E30" s="25">
+        <f t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c r="F30" s="25">
+        <f t="shared" si="1"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="20">
+        <v>11</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D31" s="25">
         <v>250</v>
       </c>
-      <c r="E34" s="31">
+      <c r="E31" s="25">
         <f t="shared" si="0"/>
         <v>200</v>
       </c>
-      <c r="F34" s="31">
+      <c r="F31" s="25">
         <f t="shared" si="1"/>
         <v>175</v>
       </c>
-      <c r="G34" s="19"/>
-[...28 lines deleted...]
-      <c r="D36" s="30">
+    </row>
+    <row r="32" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="20">
+        <v>12</v>
+      </c>
+      <c r="B32" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D32" s="25">
         <v>450</v>
       </c>
-      <c r="E36" s="31">
+      <c r="E32" s="25">
         <f t="shared" si="0"/>
         <v>360</v>
       </c>
-      <c r="F36" s="31">
+      <c r="F32" s="25">
         <f t="shared" si="1"/>
         <v>315</v>
       </c>
-      <c r="G36" s="19"/>
-[...10 lines deleted...]
-      <c r="D37" s="30">
+    </row>
+    <row r="33" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="20">
+        <v>13</v>
+      </c>
+      <c r="B33" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D33" s="25">
         <v>200</v>
       </c>
-      <c r="E37" s="31">
-        <f>D37*0.8</f>
+      <c r="E33" s="25">
+        <f t="shared" si="0"/>
         <v>160</v>
       </c>
-      <c r="F37" s="31">
+      <c r="F33" s="25">
         <f t="shared" si="1"/>
         <v>140</v>
       </c>
-      <c r="G37" s="19"/>
-[...8 lines deleted...]
-      <c r="D38" s="30">
+    </row>
+    <row r="34" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="20">
+        <v>14</v>
+      </c>
+      <c r="B34" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D34" s="25">
         <v>280</v>
       </c>
-      <c r="E38" s="31">
-        <f>D38*0.8</f>
+      <c r="E34" s="25">
+        <f t="shared" si="0"/>
         <v>224</v>
       </c>
-      <c r="F38" s="31">
-        <f>D38*0.7</f>
+      <c r="F34" s="25">
+        <f t="shared" si="1"/>
         <v>196</v>
       </c>
-      <c r="G38" s="19"/>
-[...27 lines deleted...]
-      <c r="C40" s="30" t="s">
+    </row>
+    <row r="35" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="20">
+        <v>15</v>
+      </c>
+      <c r="B35" s="20" t="s">
+        <v>15</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D35" s="25">
+        <v>200</v>
+      </c>
+      <c r="E35" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F35" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="20">
+        <v>16</v>
+      </c>
+      <c r="B36" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D36" s="25">
+        <v>280</v>
+      </c>
+      <c r="E36" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F36" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="20">
+        <v>17</v>
+      </c>
+      <c r="B37" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D37" s="25">
+        <v>280</v>
+      </c>
+      <c r="E37" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F37" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="20">
+        <v>18</v>
+      </c>
+      <c r="B38" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D38" s="25">
+        <v>280</v>
+      </c>
+      <c r="E38" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F38" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A39" s="20">
+        <v>19</v>
+      </c>
+      <c r="B39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D39" s="25">
+        <v>200</v>
+      </c>
+      <c r="E39" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F39" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="20">
+        <v>20</v>
+      </c>
+      <c r="B40" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D40" s="25">
+        <v>200</v>
+      </c>
+      <c r="E40" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F40" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A41" s="20">
+        <v>21</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D41" s="25">
+        <v>280</v>
+      </c>
+      <c r="E41" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F41" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="20">
+        <v>22</v>
+      </c>
+      <c r="B42" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D42" s="25">
+        <v>280</v>
+      </c>
+      <c r="E42" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F42" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A43" s="20">
+        <v>23</v>
+      </c>
+      <c r="B43" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D43" s="25">
+        <v>280</v>
+      </c>
+      <c r="E43" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F43" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A44" s="20">
+        <v>24</v>
+      </c>
+      <c r="B44" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D44" s="25">
+        <v>280</v>
+      </c>
+      <c r="E44" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F44" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A45" s="20">
+        <v>25</v>
+      </c>
+      <c r="B45" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D45" s="25">
+        <v>280</v>
+      </c>
+      <c r="E45" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F45" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A46" s="20">
+        <v>26</v>
+      </c>
+      <c r="B46" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D46" s="25">
+        <v>280</v>
+      </c>
+      <c r="E46" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F46" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A47" s="20">
+        <v>27</v>
+      </c>
+      <c r="B47" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D47" s="25">
+        <v>280</v>
+      </c>
+      <c r="E47" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F47" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="20">
+        <v>28</v>
+      </c>
+      <c r="B48" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D48" s="25">
+        <v>280</v>
+      </c>
+      <c r="E48" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F48" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A49" s="20">
+        <v>29</v>
+      </c>
+      <c r="B49" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D49" s="25">
+        <v>280</v>
+      </c>
+      <c r="E49" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F49" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A50" s="20">
+        <v>30</v>
+      </c>
+      <c r="B50" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D50" s="25">
+        <v>200</v>
+      </c>
+      <c r="E50" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F50" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A51" s="20">
+        <v>31</v>
+      </c>
+      <c r="B51" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D51" s="25">
+        <v>200</v>
+      </c>
+      <c r="E51" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F51" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="20">
+        <v>32</v>
+      </c>
+      <c r="B52" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D52" s="25">
+        <v>200</v>
+      </c>
+      <c r="E52" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F52" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="20">
+        <v>33</v>
+      </c>
+      <c r="B53" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D53" s="25">
+        <v>380</v>
+      </c>
+      <c r="E53" s="25">
+        <f t="shared" si="0"/>
+        <v>304</v>
+      </c>
+      <c r="F53" s="25">
+        <f t="shared" si="1"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="20">
+        <v>34</v>
+      </c>
+      <c r="B54" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D54" s="25">
+        <v>560</v>
+      </c>
+      <c r="E54" s="25">
+        <f t="shared" si="0"/>
+        <v>448</v>
+      </c>
+      <c r="F54" s="25">
+        <f t="shared" si="1"/>
+        <v>392</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A55" s="20">
+        <v>35</v>
+      </c>
+      <c r="B55" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D55" s="25">
+        <v>280</v>
+      </c>
+      <c r="E55" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F55" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="20">
+        <v>36</v>
+      </c>
+      <c r="B56" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D56" s="25">
+        <v>200</v>
+      </c>
+      <c r="E56" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F56" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="20">
+        <v>37</v>
+      </c>
+      <c r="B57" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D57" s="25">
+        <v>380</v>
+      </c>
+      <c r="E57" s="25">
+        <f t="shared" si="0"/>
+        <v>304</v>
+      </c>
+      <c r="F57" s="25">
+        <f t="shared" si="1"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A58" s="20">
+        <v>38</v>
+      </c>
+      <c r="B58" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D58" s="25">
+        <v>280</v>
+      </c>
+      <c r="E58" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F58" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="20">
+        <v>39</v>
+      </c>
+      <c r="B59" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D59" s="25">
+        <v>200</v>
+      </c>
+      <c r="E59" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F59" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A60" s="20">
+        <v>40</v>
+      </c>
+      <c r="B60" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D60" s="25">
+        <v>280</v>
+      </c>
+      <c r="E60" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F60" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A61" s="20">
+        <v>41</v>
+      </c>
+      <c r="B61" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D61" s="25">
+        <v>280</v>
+      </c>
+      <c r="E61" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F61" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="20">
+        <v>42</v>
+      </c>
+      <c r="B62" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D62" s="25">
+        <v>200</v>
+      </c>
+      <c r="E62" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F62" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="20">
+        <v>43</v>
+      </c>
+      <c r="B63" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D63" s="25">
+        <v>280</v>
+      </c>
+      <c r="E63" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F63" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="20">
+        <v>44</v>
+      </c>
+      <c r="B64" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D64" s="25">
+        <v>280</v>
+      </c>
+      <c r="E64" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F64" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="20">
+        <v>45</v>
+      </c>
+      <c r="B65" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D65" s="25">
+        <v>280</v>
+      </c>
+      <c r="E65" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F65" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A66" s="20">
+        <v>46</v>
+      </c>
+      <c r="B66" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D66" s="25">
+        <v>280</v>
+      </c>
+      <c r="E66" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F66" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A67" s="20">
+        <v>47</v>
+      </c>
+      <c r="B67" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D67" s="25">
+        <v>280</v>
+      </c>
+      <c r="E67" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F67" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A68" s="20">
+        <v>48</v>
+      </c>
+      <c r="B68" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D68" s="25">
+        <v>280</v>
+      </c>
+      <c r="E68" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F68" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A69" s="20">
+        <v>49</v>
+      </c>
+      <c r="B69" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D69" s="25">
+        <v>280</v>
+      </c>
+      <c r="E69" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F69" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="20">
+        <v>50</v>
+      </c>
+      <c r="B70" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D70" s="25">
+        <v>200</v>
+      </c>
+      <c r="E70" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F70" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A71" s="20">
+        <v>51</v>
+      </c>
+      <c r="B71" s="20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D71" s="25">
+        <v>280</v>
+      </c>
+      <c r="E71" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F71" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A72" s="20">
+        <v>52</v>
+      </c>
+      <c r="B72" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D72" s="25">
+        <v>200</v>
+      </c>
+      <c r="E72" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F72" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="20">
+        <v>53</v>
+      </c>
+      <c r="B73" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D73" s="25">
+        <v>280</v>
+      </c>
+      <c r="E73" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F73" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="20">
+        <v>54</v>
+      </c>
+      <c r="B74" s="20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D74" s="25">
+        <v>280</v>
+      </c>
+      <c r="E74" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F74" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="20">
+        <v>55</v>
+      </c>
+      <c r="B75" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D75" s="25">
+        <v>280</v>
+      </c>
+      <c r="E75" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F75" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A76" s="20">
+        <v>56</v>
+      </c>
+      <c r="B76" s="20" t="s">
+        <v>56</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D76" s="25">
+        <v>200</v>
+      </c>
+      <c r="E76" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F76" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A77" s="20">
+        <v>57</v>
+      </c>
+      <c r="B77" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D77" s="25">
+        <v>200</v>
+      </c>
+      <c r="E77" s="25">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="F77" s="25">
+        <f t="shared" si="1"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A78" s="20">
         <v>58</v>
       </c>
-      <c r="D40" s="30">
+      <c r="B78" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D78" s="25">
+        <v>280</v>
+      </c>
+      <c r="E78" s="25">
+        <f t="shared" si="0"/>
+        <v>224</v>
+      </c>
+      <c r="F78" s="25">
+        <f t="shared" si="1"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A79" s="20">
+        <v>59</v>
+      </c>
+      <c r="B79" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D79" s="25">
+        <v>310</v>
+      </c>
+      <c r="E79" s="25">
+        <f t="shared" si="0"/>
+        <v>248</v>
+      </c>
+      <c r="F79" s="25">
+        <f t="shared" si="1"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A80" s="20">
+        <v>60</v>
+      </c>
+      <c r="B80" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D80" s="25">
+        <v>310</v>
+      </c>
+      <c r="E80" s="25">
+        <f t="shared" si="0"/>
+        <v>248</v>
+      </c>
+      <c r="F80" s="25">
+        <f t="shared" si="1"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="20">
+        <v>61</v>
+      </c>
+      <c r="B81" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D81" s="25">
+        <v>450</v>
+      </c>
+      <c r="E81" s="25">
+        <f t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c r="F81" s="25">
+        <f t="shared" si="1"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="20">
+        <v>62</v>
+      </c>
+      <c r="B82" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D82" s="25">
+        <v>450</v>
+      </c>
+      <c r="E82" s="25">
+        <f t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c r="F82" s="25">
+        <f t="shared" si="1"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="20">
+        <v>63</v>
+      </c>
+      <c r="B83" s="20" t="s">
+        <v>63</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D83" s="25">
+        <v>450</v>
+      </c>
+      <c r="E83" s="25">
+        <f t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c r="F83" s="25">
+        <f t="shared" si="1"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="20">
+        <v>64</v>
+      </c>
+      <c r="B84" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D84" s="25">
+        <v>450</v>
+      </c>
+      <c r="E84" s="25">
+        <f t="shared" si="0"/>
+        <v>360</v>
+      </c>
+      <c r="F84" s="25">
+        <f t="shared" si="1"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="20">
+        <v>65</v>
+      </c>
+      <c r="B85" s="20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D85" s="25">
+        <v>450</v>
+      </c>
+      <c r="E85" s="25">
+        <f t="shared" ref="E85:E148" si="2">D85-D85/100*20</f>
+        <v>360</v>
+      </c>
+      <c r="F85" s="25">
+        <f t="shared" ref="F85:F148" si="3">D85-D85/100*30</f>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="20">
+        <v>66</v>
+      </c>
+      <c r="B86" s="20" t="s">
+        <v>66</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D86" s="25">
+        <v>450</v>
+      </c>
+      <c r="E86" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F86" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A87" s="20">
+        <v>67</v>
+      </c>
+      <c r="B87" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D87" s="25">
+        <v>450</v>
+      </c>
+      <c r="E87" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F87" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="20">
+        <v>68</v>
+      </c>
+      <c r="B88" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D88" s="25">
+        <v>450</v>
+      </c>
+      <c r="E88" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F88" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="20">
+        <v>69</v>
+      </c>
+      <c r="B89" s="20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D89" s="25">
+        <v>450</v>
+      </c>
+      <c r="E89" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F89" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A90" s="20">
+        <v>70</v>
+      </c>
+      <c r="B90" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D90" s="25">
+        <v>450</v>
+      </c>
+      <c r="E90" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F90" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="20">
+        <v>71</v>
+      </c>
+      <c r="B91" s="20" t="s">
+        <v>71</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D91" s="25">
+        <v>250</v>
+      </c>
+      <c r="E91" s="25">
+        <f t="shared" si="2"/>
         <v>200</v>
       </c>
-      <c r="E40" s="31">
+      <c r="F91" s="25">
+        <f t="shared" si="3"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A92" s="20">
+        <v>72</v>
+      </c>
+      <c r="B92" s="20" t="s">
+        <v>72</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D92" s="25">
+        <v>450</v>
+      </c>
+      <c r="E92" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F92" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="20">
+        <v>73</v>
+      </c>
+      <c r="B93" s="20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D93" s="25">
+        <v>450</v>
+      </c>
+      <c r="E93" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F93" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="20">
+        <v>74</v>
+      </c>
+      <c r="B94" s="20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D94" s="25">
+        <v>450</v>
+      </c>
+      <c r="E94" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F94" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A95" s="20">
+        <v>75</v>
+      </c>
+      <c r="B95" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D95" s="25">
+        <v>250</v>
+      </c>
+      <c r="E95" s="25">
+        <f t="shared" si="2"/>
+        <v>200</v>
+      </c>
+      <c r="F95" s="25">
+        <f t="shared" si="3"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A96" s="20">
+        <v>76</v>
+      </c>
+      <c r="B96" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D96" s="25">
+        <v>450</v>
+      </c>
+      <c r="E96" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F96" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="20">
+        <v>77</v>
+      </c>
+      <c r="B97" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D97" s="25">
+        <v>450</v>
+      </c>
+      <c r="E97" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F97" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A98" s="20">
+        <v>78</v>
+      </c>
+      <c r="B98" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D98" s="25">
+        <v>450</v>
+      </c>
+      <c r="E98" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F98" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="20">
+        <v>79</v>
+      </c>
+      <c r="B99" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D99" s="25">
+        <v>450</v>
+      </c>
+      <c r="E99" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F99" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A100" s="20">
+        <v>80</v>
+      </c>
+      <c r="B100" s="20" t="s">
+        <v>80</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D100" s="25">
+        <v>450</v>
+      </c>
+      <c r="E100" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F100" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A101" s="20">
+        <v>81</v>
+      </c>
+      <c r="B101" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D101" s="25">
+        <v>450</v>
+      </c>
+      <c r="E101" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F101" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A102" s="20">
+        <v>82</v>
+      </c>
+      <c r="B102" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D102" s="25">
+        <v>450</v>
+      </c>
+      <c r="E102" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F102" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A103" s="20">
+        <v>83</v>
+      </c>
+      <c r="B103" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D103" s="25">
+        <v>450</v>
+      </c>
+      <c r="E103" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F103" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="20">
+        <v>84</v>
+      </c>
+      <c r="B104" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D104" s="25">
+        <v>450</v>
+      </c>
+      <c r="E104" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F104" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="20">
+        <v>85</v>
+      </c>
+      <c r="B105" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D105" s="25">
+        <v>450</v>
+      </c>
+      <c r="E105" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F105" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A106" s="20">
+        <v>86</v>
+      </c>
+      <c r="B106" s="20" t="s">
+        <v>86</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D106" s="25">
+        <v>450</v>
+      </c>
+      <c r="E106" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F106" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="20">
+        <v>87</v>
+      </c>
+      <c r="B107" s="20" t="s">
+        <v>87</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D107" s="25">
+        <v>450</v>
+      </c>
+      <c r="E107" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F107" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A108" s="20">
+        <v>88</v>
+      </c>
+      <c r="B108" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D108" s="25">
+        <v>450</v>
+      </c>
+      <c r="E108" s="25">
+        <f t="shared" si="2"/>
+        <v>360</v>
+      </c>
+      <c r="F108" s="25">
+        <f t="shared" si="3"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A109" s="20">
+        <v>89</v>
+      </c>
+      <c r="B109" s="20" t="s">
+        <v>89</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D109" s="25">
+        <v>330</v>
+      </c>
+      <c r="E109" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F109" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A110" s="20">
+        <v>90</v>
+      </c>
+      <c r="B110" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D110" s="25">
+        <v>330</v>
+      </c>
+      <c r="E110" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F110" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A111" s="20">
+        <v>91</v>
+      </c>
+      <c r="B111" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D111" s="25">
+        <v>200</v>
+      </c>
+      <c r="E111" s="25">
         <f t="shared" si="2"/>
         <v>160</v>
       </c>
-      <c r="F40" s="31">
+      <c r="F111" s="25">
         <f t="shared" si="3"/>
         <v>140</v>
       </c>
-      <c r="G40" s="19"/>
-[...8 lines deleted...]
-      <c r="D41" s="30">
+    </row>
+    <row r="112" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A112" s="20">
+        <v>92</v>
+      </c>
+      <c r="B112" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D112" s="25">
+        <v>390</v>
+      </c>
+      <c r="E112" s="25">
+        <f t="shared" si="2"/>
+        <v>312</v>
+      </c>
+      <c r="F112" s="25">
+        <f t="shared" si="3"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A113" s="20">
+        <v>93</v>
+      </c>
+      <c r="B113" s="20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D113" s="25">
+        <v>380</v>
+      </c>
+      <c r="E113" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F113" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A114" s="20">
+        <v>94</v>
+      </c>
+      <c r="B114" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D114" s="25">
+        <v>380</v>
+      </c>
+      <c r="E114" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F114" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A115" s="20">
+        <v>95</v>
+      </c>
+      <c r="B115" s="20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D115" s="25">
+        <v>380</v>
+      </c>
+      <c r="E115" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F115" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A116" s="20">
+        <v>96</v>
+      </c>
+      <c r="B116" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D116" s="25">
+        <v>380</v>
+      </c>
+      <c r="E116" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F116" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A117" s="20">
+        <v>97</v>
+      </c>
+      <c r="B117" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D117" s="25">
+        <v>380</v>
+      </c>
+      <c r="E117" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F117" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A118" s="20">
+        <v>98</v>
+      </c>
+      <c r="B118" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D118" s="25">
+        <v>410</v>
+      </c>
+      <c r="E118" s="25">
+        <f t="shared" si="2"/>
+        <v>328</v>
+      </c>
+      <c r="F118" s="25">
+        <f t="shared" si="3"/>
+        <v>287</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A119" s="20">
+        <v>99</v>
+      </c>
+      <c r="B119" s="20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D119" s="25">
+        <v>200</v>
+      </c>
+      <c r="E119" s="25">
+        <f t="shared" si="2"/>
+        <v>160</v>
+      </c>
+      <c r="F119" s="25">
+        <f t="shared" si="3"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A120" s="20">
+        <v>100</v>
+      </c>
+      <c r="B120" s="20" t="s">
+        <v>100</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D120" s="25">
+        <v>280</v>
+      </c>
+      <c r="E120" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F120" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A121" s="20">
+        <v>101</v>
+      </c>
+      <c r="B121" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D121" s="25">
+        <v>280</v>
+      </c>
+      <c r="E121" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F121" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A122" s="20">
+        <v>102</v>
+      </c>
+      <c r="B122" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D122" s="25">
+        <v>280</v>
+      </c>
+      <c r="E122" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F122" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A123" s="20">
+        <v>103</v>
+      </c>
+      <c r="B123" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D123" s="25">
+        <v>280</v>
+      </c>
+      <c r="E123" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F123" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A124" s="20">
+        <v>104</v>
+      </c>
+      <c r="B124" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D124" s="25">
+        <v>280</v>
+      </c>
+      <c r="E124" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F124" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A125" s="20">
+        <v>105</v>
+      </c>
+      <c r="B125" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D125" s="25">
+        <v>280</v>
+      </c>
+      <c r="E125" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F125" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A126" s="20">
+        <v>106</v>
+      </c>
+      <c r="B126" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D126" s="25">
+        <v>280</v>
+      </c>
+      <c r="E126" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F126" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A127" s="20">
+        <v>107</v>
+      </c>
+      <c r="B127" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C127" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D127" s="25">
+        <v>280</v>
+      </c>
+      <c r="E127" s="25">
+        <f t="shared" si="2"/>
+        <v>224</v>
+      </c>
+      <c r="F127" s="25">
+        <f t="shared" si="3"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A128" s="20">
+        <v>108</v>
+      </c>
+      <c r="B128" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D128" s="25">
+        <v>480</v>
+      </c>
+      <c r="E128" s="25">
+        <f t="shared" si="2"/>
+        <v>384</v>
+      </c>
+      <c r="F128" s="25">
+        <f t="shared" si="3"/>
+        <v>336</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A129" s="20">
+        <v>109</v>
+      </c>
+      <c r="B129" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D129" s="25">
+        <v>380</v>
+      </c>
+      <c r="E129" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F129" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A130" s="20">
+        <v>110</v>
+      </c>
+      <c r="B130" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D130" s="25">
+        <v>410</v>
+      </c>
+      <c r="E130" s="25">
+        <f t="shared" si="2"/>
+        <v>328</v>
+      </c>
+      <c r="F130" s="25">
+        <f t="shared" si="3"/>
+        <v>287</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A131" s="20">
+        <v>111</v>
+      </c>
+      <c r="B131" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D131" s="25">
         <v>330</v>
       </c>
-      <c r="E41" s="31">
+      <c r="E131" s="25">
         <f t="shared" si="2"/>
         <v>264</v>
       </c>
-      <c r="F41" s="31">
+      <c r="F131" s="25">
         <f t="shared" si="3"/>
-        <v>230.99999999999997</v>
-[...13 lines deleted...]
-      <c r="E42" s="31">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A132" s="20">
+        <v>112</v>
+      </c>
+      <c r="B132" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D132" s="25">
+        <v>410</v>
+      </c>
+      <c r="E132" s="25">
         <f t="shared" si="2"/>
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="F42" s="31">
+        <v>328</v>
+      </c>
+      <c r="F132" s="25">
         <f t="shared" si="3"/>
-        <v>350</v>
-[...12 lines deleted...]
-      <c r="D43" s="30">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A133" s="20">
+        <v>113</v>
+      </c>
+      <c r="B133" s="20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D133" s="25">
+        <v>380</v>
+      </c>
+      <c r="E133" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F133" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A134" s="20">
+        <v>114</v>
+      </c>
+      <c r="B134" s="20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D134" s="25">
+        <v>380</v>
+      </c>
+      <c r="E134" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F134" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A135" s="20">
+        <v>115</v>
+      </c>
+      <c r="B135" s="20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D135" s="25">
+        <v>330</v>
+      </c>
+      <c r="E135" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F135" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A136" s="20">
+        <v>116</v>
+      </c>
+      <c r="B136" s="20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D136" s="25">
+        <v>380</v>
+      </c>
+      <c r="E136" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F136" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A137" s="20">
+        <v>117</v>
+      </c>
+      <c r="B137" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C137" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D137" s="25">
+        <v>380</v>
+      </c>
+      <c r="E137" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F137" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A138" s="20">
+        <v>118</v>
+      </c>
+      <c r="B138" s="20" t="s">
+        <v>118</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D138" s="25">
+        <v>380</v>
+      </c>
+      <c r="E138" s="25">
+        <f t="shared" si="2"/>
+        <v>304</v>
+      </c>
+      <c r="F138" s="25">
+        <f t="shared" si="3"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A139" s="20">
+        <v>119</v>
+      </c>
+      <c r="B139" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D139" s="25">
+        <v>330</v>
+      </c>
+      <c r="E139" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F139" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A140" s="20">
+        <v>120</v>
+      </c>
+      <c r="B140" s="20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D140" s="25">
+        <v>330</v>
+      </c>
+      <c r="E140" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F140" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A141" s="20">
+        <v>121</v>
+      </c>
+      <c r="B141" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D141" s="25">
+        <v>330</v>
+      </c>
+      <c r="E141" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F141" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A142" s="20">
+        <v>122</v>
+      </c>
+      <c r="B142" s="20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D142" s="25">
+        <v>330</v>
+      </c>
+      <c r="E142" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F142" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A143" s="20">
+        <v>123</v>
+      </c>
+      <c r="B143" s="20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D143" s="25">
+        <v>330</v>
+      </c>
+      <c r="E143" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F143" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A144" s="20">
+        <v>124</v>
+      </c>
+      <c r="B144" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D144" s="25">
+        <v>250</v>
+      </c>
+      <c r="E144" s="25">
+        <f t="shared" si="2"/>
         <v>200</v>
       </c>
-      <c r="E43" s="31">
+      <c r="F144" s="25">
+        <f t="shared" si="3"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A145" s="20">
+        <v>125</v>
+      </c>
+      <c r="B145" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D145" s="25">
+        <v>380</v>
+      </c>
+      <c r="E145" s="25">
         <f t="shared" si="2"/>
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="F43" s="31">
+        <v>304</v>
+      </c>
+      <c r="F145" s="25">
         <f t="shared" si="3"/>
-        <v>140</v>
-[...18 lines deleted...]
-        <f t="shared" ref="F44:F102" si="5">D44*0.7</f>
         <v>266</v>
       </c>
-      <c r="G44" s="19"/>
-[...13 lines deleted...]
-      <c r="E45" s="31">
+    </row>
+    <row r="146" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A146" s="20">
+        <v>126</v>
+      </c>
+      <c r="B146" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D146" s="25">
+        <v>330</v>
+      </c>
+      <c r="E146" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F146" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A147" s="20">
+        <v>127</v>
+      </c>
+      <c r="B147" s="20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D147" s="25">
+        <v>330</v>
+      </c>
+      <c r="E147" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F147" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A148" s="20">
+        <v>128</v>
+      </c>
+      <c r="B148" s="20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D148" s="25">
+        <v>330</v>
+      </c>
+      <c r="E148" s="25">
+        <f t="shared" si="2"/>
+        <v>264</v>
+      </c>
+      <c r="F148" s="25">
+        <f t="shared" si="3"/>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A149" s="20">
+        <v>129</v>
+      </c>
+      <c r="B149" s="20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D149" s="25">
+        <v>330</v>
+      </c>
+      <c r="E149" s="25">
+        <f t="shared" ref="E149:E212" si="4">D149-D149/100*20</f>
+        <v>264</v>
+      </c>
+      <c r="F149" s="25">
+        <f t="shared" ref="F149:F212" si="5">D149-D149/100*30</f>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A150" s="20">
+        <v>130</v>
+      </c>
+      <c r="B150" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D150" s="25">
+        <v>330</v>
+      </c>
+      <c r="E150" s="25">
         <f t="shared" si="4"/>
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="F45" s="31">
+        <v>264</v>
+      </c>
+      <c r="F150" s="25">
         <f t="shared" si="5"/>
-        <v>475.99999999999994</v>
-[...12 lines deleted...]
-      <c r="D46" s="30">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A151" s="20">
+        <v>131</v>
+      </c>
+      <c r="B151" s="20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D151" s="25">
         <v>200</v>
       </c>
-      <c r="E46" s="31">
+      <c r="E151" s="25">
         <f t="shared" si="4"/>
         <v>160</v>
       </c>
-      <c r="F46" s="31">
+      <c r="F151" s="25">
         <f t="shared" si="5"/>
         <v>140</v>
       </c>
-      <c r="G46" s="19"/>
-[...8 lines deleted...]
-      <c r="D47" s="30">
+    </row>
+    <row r="152" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A152" s="20">
+        <v>132</v>
+      </c>
+      <c r="B152" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D152" s="25">
+        <v>280</v>
+      </c>
+      <c r="E152" s="25">
+        <f t="shared" si="4"/>
+        <v>224</v>
+      </c>
+      <c r="F152" s="25">
+        <f t="shared" si="5"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A153" s="20">
+        <v>133</v>
+      </c>
+      <c r="B153" s="20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D153" s="25">
+        <v>280</v>
+      </c>
+      <c r="E153" s="25">
+        <f t="shared" si="4"/>
+        <v>224</v>
+      </c>
+      <c r="F153" s="25">
+        <f t="shared" si="5"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A154" s="20">
+        <v>134</v>
+      </c>
+      <c r="B154" s="20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D154" s="25">
+        <v>260</v>
+      </c>
+      <c r="E154" s="25">
+        <f t="shared" si="4"/>
+        <v>208</v>
+      </c>
+      <c r="F154" s="25">
+        <f t="shared" si="5"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A155" s="20">
+        <v>135</v>
+      </c>
+      <c r="B155" s="20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D155" s="25">
+        <v>1500</v>
+      </c>
+      <c r="E155" s="25">
+        <f t="shared" si="4"/>
+        <v>1200</v>
+      </c>
+      <c r="F155" s="25">
+        <f t="shared" si="5"/>
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A156" s="20">
+        <v>136</v>
+      </c>
+      <c r="B156" s="20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D156" s="25">
+        <v>300</v>
+      </c>
+      <c r="E156" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F156" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A157" s="20">
+        <v>137</v>
+      </c>
+      <c r="B157" s="20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C157" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D157" s="25">
+        <v>300</v>
+      </c>
+      <c r="E157" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F157" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A158" s="20">
+        <v>138</v>
+      </c>
+      <c r="B158" s="20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D158" s="25">
+        <v>300</v>
+      </c>
+      <c r="E158" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F158" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A159" s="20">
+        <v>139</v>
+      </c>
+      <c r="B159" s="20" t="s">
+        <v>139</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D159" s="25">
+        <v>300</v>
+      </c>
+      <c r="E159" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F159" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A160" s="20">
+        <v>140</v>
+      </c>
+      <c r="B160" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D160" s="25">
+        <v>200</v>
+      </c>
+      <c r="E160" s="25">
+        <f t="shared" si="4"/>
+        <v>160</v>
+      </c>
+      <c r="F160" s="25">
+        <f t="shared" si="5"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A161" s="20">
+        <v>141</v>
+      </c>
+      <c r="B161" s="20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D161" s="25">
+        <v>390</v>
+      </c>
+      <c r="E161" s="25">
+        <f t="shared" si="4"/>
+        <v>312</v>
+      </c>
+      <c r="F161" s="25">
+        <f t="shared" si="5"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A162" s="20">
+        <v>142</v>
+      </c>
+      <c r="B162" s="20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D162" s="25">
+        <v>250</v>
+      </c>
+      <c r="E162" s="25">
+        <f t="shared" si="4"/>
+        <v>200</v>
+      </c>
+      <c r="F162" s="25">
+        <f t="shared" si="5"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A163" s="20">
+        <v>143</v>
+      </c>
+      <c r="B163" s="20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D163" s="25">
+        <v>290</v>
+      </c>
+      <c r="E163" s="25">
+        <f t="shared" si="4"/>
+        <v>232</v>
+      </c>
+      <c r="F163" s="25">
+        <f t="shared" si="5"/>
+        <v>203</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A164" s="20">
+        <v>144</v>
+      </c>
+      <c r="B164" s="20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D164" s="25">
+        <v>290</v>
+      </c>
+      <c r="E164" s="25">
+        <f t="shared" si="4"/>
+        <v>232</v>
+      </c>
+      <c r="F164" s="25">
+        <f t="shared" si="5"/>
+        <v>203</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A165" s="20">
+        <v>145</v>
+      </c>
+      <c r="B165" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D165" s="25">
+        <v>200</v>
+      </c>
+      <c r="E165" s="25">
+        <f t="shared" si="4"/>
+        <v>160</v>
+      </c>
+      <c r="F165" s="25">
+        <f t="shared" si="5"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A166" s="20">
+        <v>146</v>
+      </c>
+      <c r="B166" s="20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D166" s="25">
+        <v>300</v>
+      </c>
+      <c r="E166" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F166" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A167" s="20">
+        <v>147</v>
+      </c>
+      <c r="B167" s="20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D167" s="25">
+        <v>300</v>
+      </c>
+      <c r="E167" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F167" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A168" s="20">
+        <v>148</v>
+      </c>
+      <c r="B168" s="20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D168" s="25">
+        <v>300</v>
+      </c>
+      <c r="E168" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F168" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A169" s="20">
+        <v>149</v>
+      </c>
+      <c r="B169" s="20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D169" s="25">
+        <v>300</v>
+      </c>
+      <c r="E169" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F169" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A170" s="20">
+        <v>150</v>
+      </c>
+      <c r="B170" s="20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D170" s="25">
+        <v>300</v>
+      </c>
+      <c r="E170" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F170" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A171" s="20">
+        <v>151</v>
+      </c>
+      <c r="B171" s="20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C171" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D171" s="25">
+        <v>300</v>
+      </c>
+      <c r="E171" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F171" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A172" s="20">
+        <v>152</v>
+      </c>
+      <c r="B172" s="20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D172" s="25">
+        <v>300</v>
+      </c>
+      <c r="E172" s="25">
+        <f t="shared" si="4"/>
+        <v>240</v>
+      </c>
+      <c r="F172" s="25">
+        <f t="shared" si="5"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A173" s="20">
+        <v>153</v>
+      </c>
+      <c r="B173" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C173" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D173" s="25">
+        <v>390</v>
+      </c>
+      <c r="E173" s="25">
+        <f t="shared" si="4"/>
+        <v>312</v>
+      </c>
+      <c r="F173" s="25">
+        <f t="shared" si="5"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A174" s="20">
+        <v>154</v>
+      </c>
+      <c r="B174" s="20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D174" s="25">
+        <v>200</v>
+      </c>
+      <c r="E174" s="25">
+        <f t="shared" si="4"/>
+        <v>160</v>
+      </c>
+      <c r="F174" s="25">
+        <f t="shared" si="5"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A175" s="20">
+        <v>155</v>
+      </c>
+      <c r="B175" s="20" t="s">
+        <v>155</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="25">
+        <v>420</v>
+      </c>
+      <c r="E175" s="25">
+        <f t="shared" si="4"/>
+        <v>336</v>
+      </c>
+      <c r="F175" s="25">
+        <f t="shared" si="5"/>
+        <v>294</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A176" s="20">
+        <v>156</v>
+      </c>
+      <c r="B176" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C176" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D176" s="25">
+        <v>260</v>
+      </c>
+      <c r="E176" s="25">
+        <f t="shared" si="4"/>
+        <v>208</v>
+      </c>
+      <c r="F176" s="25">
+        <f t="shared" si="5"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A177" s="20">
+        <v>157</v>
+      </c>
+      <c r="B177" s="20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C177" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D177" s="25">
+        <v>310</v>
+      </c>
+      <c r="E177" s="25">
+        <f t="shared" si="4"/>
+        <v>248</v>
+      </c>
+      <c r="F177" s="25">
+        <f t="shared" si="5"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A178" s="20">
+        <v>158</v>
+      </c>
+      <c r="B178" s="20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C178" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D178" s="25">
+        <v>520</v>
+      </c>
+      <c r="E178" s="25">
+        <f t="shared" si="4"/>
+        <v>416</v>
+      </c>
+      <c r="F178" s="25">
+        <f t="shared" si="5"/>
+        <v>364</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A179" s="20">
+        <v>159</v>
+      </c>
+      <c r="B179" s="20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D179" s="25">
+        <v>260</v>
+      </c>
+      <c r="E179" s="25">
+        <f t="shared" si="4"/>
+        <v>208</v>
+      </c>
+      <c r="F179" s="25">
+        <f t="shared" si="5"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A180" s="20">
+        <v>160</v>
+      </c>
+      <c r="B180" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D180" s="25">
         <v>330</v>
       </c>
-      <c r="E47" s="31">
+      <c r="E180" s="25">
         <f t="shared" si="4"/>
         <v>264</v>
       </c>
-      <c r="F47" s="31">
+      <c r="F180" s="25">
         <f t="shared" si="5"/>
-        <v>230.99999999999997</v>
-[...13 lines deleted...]
-      <c r="E48" s="31">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A181" s="20">
+        <v>161</v>
+      </c>
+      <c r="B181" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D181" s="25">
+        <v>360</v>
+      </c>
+      <c r="E181" s="25">
         <f t="shared" si="4"/>
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="F48" s="31">
+        <v>288</v>
+      </c>
+      <c r="F181" s="25">
         <f t="shared" si="5"/>
-        <v>378</v>
-[...13 lines deleted...]
-      <c r="E49" s="31">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A182" s="20">
+        <v>162</v>
+      </c>
+      <c r="B182" s="20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D182" s="25">
+        <v>360</v>
+      </c>
+      <c r="E182" s="25">
         <f t="shared" si="4"/>
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="F49" s="31">
+        <v>288</v>
+      </c>
+      <c r="F182" s="25">
         <f t="shared" si="5"/>
-        <v>392</v>
-[...12 lines deleted...]
-      <c r="D50" s="30">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A183" s="20">
+        <v>163</v>
+      </c>
+      <c r="B183" s="20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D183" s="25">
+        <v>360</v>
+      </c>
+      <c r="E183" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F183" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A184" s="20">
+        <v>164</v>
+      </c>
+      <c r="B184" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D184" s="25">
+        <v>360</v>
+      </c>
+      <c r="E184" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F184" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A185" s="20">
+        <v>165</v>
+      </c>
+      <c r="B185" s="20" t="s">
+        <v>165</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D185" s="25">
+        <v>360</v>
+      </c>
+      <c r="E185" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F185" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A186" s="20">
+        <v>166</v>
+      </c>
+      <c r="B186" s="20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D186" s="25">
+        <v>360</v>
+      </c>
+      <c r="E186" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F186" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A187" s="20">
+        <v>167</v>
+      </c>
+      <c r="B187" s="20" t="s">
+        <v>167</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D187" s="25">
+        <v>360</v>
+      </c>
+      <c r="E187" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F187" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A188" s="20">
+        <v>168</v>
+      </c>
+      <c r="B188" s="20" t="s">
+        <v>168</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D188" s="25">
+        <v>360</v>
+      </c>
+      <c r="E188" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F188" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A189" s="20">
+        <v>169</v>
+      </c>
+      <c r="B189" s="20" t="s">
+        <v>169</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D189" s="25">
+        <v>360</v>
+      </c>
+      <c r="E189" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F189" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A190" s="20">
+        <v>170</v>
+      </c>
+      <c r="B190" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D190" s="25">
+        <v>360</v>
+      </c>
+      <c r="E190" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F190" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="20">
+        <v>171</v>
+      </c>
+      <c r="B191" s="20" t="s">
+        <v>171</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D191" s="25">
+        <v>360</v>
+      </c>
+      <c r="E191" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F191" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A192" s="20">
+        <v>172</v>
+      </c>
+      <c r="B192" s="20" t="s">
+        <v>172</v>
+      </c>
+      <c r="C192" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D192" s="25">
+        <v>360</v>
+      </c>
+      <c r="E192" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F192" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A193" s="20">
+        <v>173</v>
+      </c>
+      <c r="B193" s="20" t="s">
+        <v>173</v>
+      </c>
+      <c r="C193" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D193" s="25">
+        <v>360</v>
+      </c>
+      <c r="E193" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F193" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A194" s="20">
+        <v>174</v>
+      </c>
+      <c r="B194" s="20" t="s">
+        <v>174</v>
+      </c>
+      <c r="C194" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D194" s="25">
+        <v>360</v>
+      </c>
+      <c r="E194" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F194" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A195" s="20">
+        <v>175</v>
+      </c>
+      <c r="B195" s="20" t="s">
+        <v>175</v>
+      </c>
+      <c r="C195" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D195" s="25">
+        <v>360</v>
+      </c>
+      <c r="E195" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F195" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A196" s="20">
+        <v>176</v>
+      </c>
+      <c r="B196" s="20" t="s">
+        <v>176</v>
+      </c>
+      <c r="C196" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D196" s="25">
+        <v>360</v>
+      </c>
+      <c r="E196" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F196" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A197" s="20">
+        <v>177</v>
+      </c>
+      <c r="B197" s="20" t="s">
+        <v>177</v>
+      </c>
+      <c r="C197" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D197" s="25">
+        <v>310</v>
+      </c>
+      <c r="E197" s="25">
+        <f t="shared" si="4"/>
+        <v>248</v>
+      </c>
+      <c r="F197" s="25">
+        <f t="shared" si="5"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A198" s="20">
+        <v>178</v>
+      </c>
+      <c r="B198" s="20" t="s">
+        <v>178</v>
+      </c>
+      <c r="C198" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D198" s="25">
+        <v>360</v>
+      </c>
+      <c r="E198" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F198" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A199" s="20">
+        <v>179</v>
+      </c>
+      <c r="B199" s="20" t="s">
+        <v>179</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D199" s="25">
+        <v>360</v>
+      </c>
+      <c r="E199" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F199" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A200" s="20">
+        <v>180</v>
+      </c>
+      <c r="B200" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D200" s="25">
+        <v>360</v>
+      </c>
+      <c r="E200" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F200" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A201" s="20">
+        <v>181</v>
+      </c>
+      <c r="B201" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D201" s="25">
+        <v>360</v>
+      </c>
+      <c r="E201" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F201" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A202" s="20">
+        <v>182</v>
+      </c>
+      <c r="B202" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D202" s="25">
+        <v>360</v>
+      </c>
+      <c r="E202" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F202" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A203" s="20">
+        <v>183</v>
+      </c>
+      <c r="B203" s="20" t="s">
+        <v>183</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D203" s="25">
+        <v>260</v>
+      </c>
+      <c r="E203" s="25">
+        <f t="shared" si="4"/>
+        <v>208</v>
+      </c>
+      <c r="F203" s="25">
+        <f t="shared" si="5"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A204" s="20">
+        <v>184</v>
+      </c>
+      <c r="B204" s="20" t="s">
+        <v>184</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D204" s="25">
+        <v>310</v>
+      </c>
+      <c r="E204" s="25">
+        <f t="shared" si="4"/>
+        <v>248</v>
+      </c>
+      <c r="F204" s="25">
+        <f t="shared" si="5"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A205" s="20">
+        <v>185</v>
+      </c>
+      <c r="B205" s="20" t="s">
+        <v>185</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D205" s="25">
+        <v>360</v>
+      </c>
+      <c r="E205" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F205" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A206" s="20">
+        <v>186</v>
+      </c>
+      <c r="B206" s="20" t="s">
+        <v>186</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D206" s="25">
         <v>200</v>
       </c>
-      <c r="E50" s="31">
+      <c r="E206" s="25">
         <f t="shared" si="4"/>
         <v>160</v>
       </c>
-      <c r="F50" s="31">
+      <c r="F206" s="25">
         <f t="shared" si="5"/>
         <v>140</v>
       </c>
-      <c r="G50" s="19"/>
-[...11 lines deleted...]
-      <c r="E51" s="31">
+    </row>
+    <row r="207" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A207" s="20">
+        <v>187</v>
+      </c>
+      <c r="B207" s="20" t="s">
+        <v>187</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D207" s="25">
+        <v>360</v>
+      </c>
+      <c r="E207" s="25">
         <f t="shared" si="4"/>
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="F51" s="31">
+        <v>288</v>
+      </c>
+      <c r="F207" s="25">
         <f t="shared" si="5"/>
-        <v>196</v>
-[...54 lines deleted...]
-      <c r="D54" s="30">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A208" s="20">
+        <v>188</v>
+      </c>
+      <c r="B208" s="20" t="s">
+        <v>188</v>
+      </c>
+      <c r="C208" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D208" s="25">
         <v>310</v>
       </c>
-      <c r="E54" s="31">
+      <c r="E208" s="25">
         <f t="shared" si="4"/>
         <v>248</v>
       </c>
-      <c r="F54" s="31">
+      <c r="F208" s="25">
         <f t="shared" si="5"/>
         <v>217</v>
       </c>
-      <c r="G54" s="19"/>
-[...10 lines deleted...]
-      <c r="D55" s="30">
+    </row>
+    <row r="209" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A209" s="20">
+        <v>189</v>
+      </c>
+      <c r="B209" s="20" t="s">
+        <v>189</v>
+      </c>
+      <c r="C209" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D209" s="25">
+        <v>360</v>
+      </c>
+      <c r="E209" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F209" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A210" s="20">
+        <v>190</v>
+      </c>
+      <c r="B210" s="20" t="s">
+        <v>190</v>
+      </c>
+      <c r="C210" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D210" s="25">
+        <v>360</v>
+      </c>
+      <c r="E210" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F210" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A211" s="20">
+        <v>191</v>
+      </c>
+      <c r="B211" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="C211" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D211" s="25">
+        <v>360</v>
+      </c>
+      <c r="E211" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F211" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A212" s="20">
+        <v>192</v>
+      </c>
+      <c r="B212" s="20" t="s">
+        <v>192</v>
+      </c>
+      <c r="C212" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D212" s="25">
+        <v>360</v>
+      </c>
+      <c r="E212" s="25">
+        <f t="shared" si="4"/>
+        <v>288</v>
+      </c>
+      <c r="F212" s="25">
+        <f t="shared" si="5"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A213" s="20">
+        <v>193</v>
+      </c>
+      <c r="B213" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="C213" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D213" s="25">
+        <v>360</v>
+      </c>
+      <c r="E213" s="25">
+        <f t="shared" ref="E213:E276" si="6">D213-D213/100*20</f>
+        <v>288</v>
+      </c>
+      <c r="F213" s="25">
+        <f t="shared" ref="F213:F276" si="7">D213-D213/100*30</f>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A214" s="20">
+        <v>194</v>
+      </c>
+      <c r="B214" s="20" t="s">
+        <v>194</v>
+      </c>
+      <c r="C214" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D214" s="25">
+        <v>360</v>
+      </c>
+      <c r="E214" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F214" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A215" s="20">
+        <v>195</v>
+      </c>
+      <c r="B215" s="20" t="s">
+        <v>195</v>
+      </c>
+      <c r="C215" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D215" s="25">
+        <v>360</v>
+      </c>
+      <c r="E215" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F215" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A216" s="20">
+        <v>196</v>
+      </c>
+      <c r="B216" s="20" t="s">
+        <v>196</v>
+      </c>
+      <c r="C216" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D216" s="25">
+        <v>360</v>
+      </c>
+      <c r="E216" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F216" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A217" s="20">
+        <v>197</v>
+      </c>
+      <c r="B217" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="C217" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D217" s="25">
+        <v>360</v>
+      </c>
+      <c r="E217" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F217" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A218" s="20">
+        <v>198</v>
+      </c>
+      <c r="B218" s="20" t="s">
+        <v>198</v>
+      </c>
+      <c r="C218" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D218" s="25">
+        <v>360</v>
+      </c>
+      <c r="E218" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F218" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A219" s="20">
+        <v>199</v>
+      </c>
+      <c r="B219" s="20" t="s">
+        <v>199</v>
+      </c>
+      <c r="C219" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D219" s="25">
+        <v>360</v>
+      </c>
+      <c r="E219" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F219" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A220" s="20">
+        <v>200</v>
+      </c>
+      <c r="B220" s="20" t="s">
+        <v>200</v>
+      </c>
+      <c r="C220" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D220" s="25">
+        <v>360</v>
+      </c>
+      <c r="E220" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F220" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A221" s="20">
+        <v>201</v>
+      </c>
+      <c r="B221" s="20" t="s">
+        <v>201</v>
+      </c>
+      <c r="C221" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D221" s="25">
+        <v>360</v>
+      </c>
+      <c r="E221" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F221" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A222" s="20">
+        <v>202</v>
+      </c>
+      <c r="B222" s="20" t="s">
+        <v>202</v>
+      </c>
+      <c r="C222" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D222" s="25">
         <v>310</v>
       </c>
-      <c r="E55" s="31">
-        <f t="shared" si="4"/>
+      <c r="E222" s="25">
+        <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F55" s="31">
-        <f t="shared" si="5"/>
+      <c r="F222" s="25">
+        <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G55" s="19"/>
-[...10 lines deleted...]
-      <c r="D56" s="30">
+    </row>
+    <row r="223" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A223" s="20">
+        <v>203</v>
+      </c>
+      <c r="B223" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="C223" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D223" s="25">
+        <v>360</v>
+      </c>
+      <c r="E223" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F223" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A224" s="20">
+        <v>204</v>
+      </c>
+      <c r="B224" s="20" t="s">
+        <v>204</v>
+      </c>
+      <c r="C224" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D224" s="25">
+        <v>360</v>
+      </c>
+      <c r="E224" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F224" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A225" s="20">
+        <v>205</v>
+      </c>
+      <c r="B225" s="20" t="s">
+        <v>205</v>
+      </c>
+      <c r="C225" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D225" s="25">
+        <v>360</v>
+      </c>
+      <c r="E225" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F225" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A226" s="20">
+        <v>206</v>
+      </c>
+      <c r="B226" s="20" t="s">
+        <v>206</v>
+      </c>
+      <c r="C226" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D226" s="25">
+        <v>360</v>
+      </c>
+      <c r="E226" s="25">
+        <f t="shared" si="6"/>
+        <v>288</v>
+      </c>
+      <c r="F226" s="25">
+        <f t="shared" si="7"/>
+        <v>252</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A227" s="20">
+        <v>207</v>
+      </c>
+      <c r="B227" s="20" t="s">
+        <v>207</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D227" s="25">
+        <v>380</v>
+      </c>
+      <c r="E227" s="25">
+        <f t="shared" si="6"/>
+        <v>304</v>
+      </c>
+      <c r="F227" s="25">
+        <f t="shared" si="7"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A228" s="20">
+        <v>208</v>
+      </c>
+      <c r="B228" s="20" t="s">
+        <v>208</v>
+      </c>
+      <c r="C228" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D228" s="25">
+        <v>380</v>
+      </c>
+      <c r="E228" s="25">
+        <f t="shared" si="6"/>
+        <v>304</v>
+      </c>
+      <c r="F228" s="25">
+        <f t="shared" si="7"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A229" s="20">
+        <v>209</v>
+      </c>
+      <c r="B229" s="20" t="s">
+        <v>209</v>
+      </c>
+      <c r="C229" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D229" s="25">
+        <v>400</v>
+      </c>
+      <c r="E229" s="25">
+        <f t="shared" si="6"/>
+        <v>320</v>
+      </c>
+      <c r="F229" s="25">
+        <f t="shared" si="7"/>
+        <v>280</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A230" s="20">
+        <v>210</v>
+      </c>
+      <c r="B230" s="20" t="s">
+        <v>210</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D230" s="25">
+        <v>280</v>
+      </c>
+      <c r="E230" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F230" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A231" s="20">
+        <v>211</v>
+      </c>
+      <c r="B231" s="20" t="s">
+        <v>211</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D231" s="25">
+        <v>280</v>
+      </c>
+      <c r="E231" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F231" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A232" s="20">
+        <v>212</v>
+      </c>
+      <c r="B232" s="20" t="s">
+        <v>212</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D232" s="25">
+        <v>45</v>
+      </c>
+      <c r="E232" s="25">
+        <f t="shared" si="6"/>
+        <v>36</v>
+      </c>
+      <c r="F232" s="25">
+        <f t="shared" si="7"/>
+        <v>31.5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A233" s="20">
+        <v>213</v>
+      </c>
+      <c r="B233" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D233" s="25">
+        <v>530</v>
+      </c>
+      <c r="E233" s="25">
+        <f t="shared" si="6"/>
+        <v>424</v>
+      </c>
+      <c r="F233" s="25">
+        <f t="shared" si="7"/>
+        <v>371</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A234" s="20">
+        <v>214</v>
+      </c>
+      <c r="B234" s="20" t="s">
+        <v>214</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D234" s="25">
         <v>200</v>
       </c>
-      <c r="E56" s="31">
-[...1019 lines deleted...]
-      <c r="E104" s="31">
+      <c r="E234" s="25">
         <f t="shared" si="6"/>
         <v>160</v>
       </c>
-      <c r="F104" s="31">
+      <c r="F234" s="25">
         <f t="shared" si="7"/>
         <v>140</v>
       </c>
-      <c r="G104" s="19"/>
-[...11 lines deleted...]
-      <c r="E105" s="31">
+    </row>
+    <row r="235" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A235" s="20">
+        <v>215</v>
+      </c>
+      <c r="B235" s="20" t="s">
+        <v>215</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D235" s="25">
+        <v>530</v>
+      </c>
+      <c r="E235" s="25">
         <f t="shared" si="6"/>
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="F105" s="31">
+        <v>424</v>
+      </c>
+      <c r="F235" s="25">
         <f t="shared" si="7"/>
-        <v>182</v>
-[...10 lines deleted...]
-      <c r="D106" s="30">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A236" s="20">
+        <v>216</v>
+      </c>
+      <c r="B236" s="20" t="s">
+        <v>216</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D236" s="25">
+        <v>200</v>
+      </c>
+      <c r="E236" s="25">
+        <f t="shared" si="6"/>
+        <v>160</v>
+      </c>
+      <c r="F236" s="25">
+        <f t="shared" si="7"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A237" s="20">
+        <v>217</v>
+      </c>
+      <c r="B237" s="20" t="s">
+        <v>217</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D237" s="25">
+        <v>300</v>
+      </c>
+      <c r="E237" s="25">
+        <f t="shared" si="6"/>
+        <v>240</v>
+      </c>
+      <c r="F237" s="25">
+        <f t="shared" si="7"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A238" s="20">
+        <v>218</v>
+      </c>
+      <c r="B238" s="20" t="s">
+        <v>218</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D238" s="25">
+        <v>300</v>
+      </c>
+      <c r="E238" s="25">
+        <f t="shared" si="6"/>
+        <v>240</v>
+      </c>
+      <c r="F238" s="25">
+        <f t="shared" si="7"/>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A239" s="20">
+        <v>219</v>
+      </c>
+      <c r="B239" s="20" t="s">
+        <v>219</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D239" s="25">
+        <v>800</v>
+      </c>
+      <c r="E239" s="25">
+        <f t="shared" si="6"/>
+        <v>640</v>
+      </c>
+      <c r="F239" s="25">
+        <f t="shared" si="7"/>
+        <v>560</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A240" s="20">
+        <v>220</v>
+      </c>
+      <c r="B240" s="20" t="s">
+        <v>220</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D240" s="25">
+        <v>800</v>
+      </c>
+      <c r="E240" s="25">
+        <f t="shared" si="6"/>
+        <v>640</v>
+      </c>
+      <c r="F240" s="25">
+        <f t="shared" si="7"/>
+        <v>560</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A241" s="20">
+        <v>221</v>
+      </c>
+      <c r="B241" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D241" s="25">
+        <v>800</v>
+      </c>
+      <c r="E241" s="25">
+        <f t="shared" si="6"/>
+        <v>640</v>
+      </c>
+      <c r="F241" s="25">
+        <f t="shared" si="7"/>
+        <v>560</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A242" s="20">
+        <v>222</v>
+      </c>
+      <c r="B242" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D242" s="25">
+        <v>280</v>
+      </c>
+      <c r="E242" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F242" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A243" s="20">
+        <v>223</v>
+      </c>
+      <c r="B243" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D243" s="25">
+        <v>280</v>
+      </c>
+      <c r="E243" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F243" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A244" s="20">
+        <v>224</v>
+      </c>
+      <c r="B244" s="20" t="s">
+        <v>224</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D244" s="25">
+        <v>280</v>
+      </c>
+      <c r="E244" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F244" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A245" s="20">
+        <v>225</v>
+      </c>
+      <c r="B245" s="20" t="s">
+        <v>225</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D245" s="25">
+        <v>280</v>
+      </c>
+      <c r="E245" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F245" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A246" s="20">
+        <v>226</v>
+      </c>
+      <c r="B246" s="20" t="s">
+        <v>226</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D246" s="25">
+        <v>280</v>
+      </c>
+      <c r="E246" s="25">
+        <f t="shared" si="6"/>
+        <v>224</v>
+      </c>
+      <c r="F246" s="25">
+        <f t="shared" si="7"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A247" s="20">
+        <v>227</v>
+      </c>
+      <c r="B247" s="20" t="s">
+        <v>227</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D247" s="25">
+        <v>380</v>
+      </c>
+      <c r="E247" s="25">
+        <f t="shared" si="6"/>
+        <v>304</v>
+      </c>
+      <c r="F247" s="25">
+        <f t="shared" si="7"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A248" s="20">
+        <v>228</v>
+      </c>
+      <c r="B248" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D248" s="25">
+        <v>380</v>
+      </c>
+      <c r="E248" s="25">
+        <f t="shared" si="6"/>
+        <v>304</v>
+      </c>
+      <c r="F248" s="25">
+        <f t="shared" si="7"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A249" s="20">
+        <v>229</v>
+      </c>
+      <c r="B249" s="20" t="s">
+        <v>229</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D249" s="25">
+        <v>450</v>
+      </c>
+      <c r="E249" s="25">
+        <f t="shared" si="6"/>
+        <v>360</v>
+      </c>
+      <c r="F249" s="25">
+        <f t="shared" si="7"/>
+        <v>315</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A250" s="20">
+        <v>230</v>
+      </c>
+      <c r="B250" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D250" s="25">
         <v>310</v>
       </c>
-      <c r="E106" s="31">
+      <c r="E250" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F106" s="31">
+      <c r="F250" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G106" s="19"/>
-[...11 lines deleted...]
-      <c r="E107" s="31">
+    </row>
+    <row r="251" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A251" s="20">
+        <v>231</v>
+      </c>
+      <c r="B251" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D251" s="25">
+        <v>310</v>
+      </c>
+      <c r="E251" s="25">
         <f t="shared" si="6"/>
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="F107" s="31">
+        <v>248</v>
+      </c>
+      <c r="F251" s="25">
         <f t="shared" si="7"/>
-        <v>251.99999999999997</v>
-[...13 lines deleted...]
-      <c r="E108" s="31">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A252" s="20">
+        <v>232</v>
+      </c>
+      <c r="B252" s="20" t="s">
+        <v>232</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D252" s="25">
+        <v>200</v>
+      </c>
+      <c r="E252" s="25">
         <f t="shared" si="6"/>
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="F108" s="31">
+        <v>160</v>
+      </c>
+      <c r="F252" s="25">
         <f t="shared" si="7"/>
-        <v>287</v>
-[...15 lines deleted...]
-      <c r="E109" s="31">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A253" s="20">
+        <v>233</v>
+      </c>
+      <c r="B253" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D253" s="25">
+        <v>200</v>
+      </c>
+      <c r="E253" s="25">
         <f t="shared" si="6"/>
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="F109" s="31">
+        <v>160</v>
+      </c>
+      <c r="F253" s="25">
         <f t="shared" si="7"/>
-        <v>230.99999999999997</v>
-[...12 lines deleted...]
-      <c r="D110" s="30">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A254" s="20">
+        <v>234</v>
+      </c>
+      <c r="B254" s="20" t="s">
+        <v>234</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D254" s="25">
+        <v>200</v>
+      </c>
+      <c r="E254" s="25">
+        <f t="shared" si="6"/>
+        <v>160</v>
+      </c>
+      <c r="F254" s="25">
+        <f t="shared" si="7"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A255" s="20">
+        <v>235</v>
+      </c>
+      <c r="B255" s="20" t="s">
+        <v>235</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D255" s="25">
+        <v>200</v>
+      </c>
+      <c r="E255" s="25">
+        <f t="shared" si="6"/>
+        <v>160</v>
+      </c>
+      <c r="F255" s="25">
+        <f t="shared" si="7"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A256" s="20">
+        <v>236</v>
+      </c>
+      <c r="B256" s="20" t="s">
+        <v>236</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D256" s="25">
+        <v>340</v>
+      </c>
+      <c r="E256" s="25">
+        <f t="shared" si="6"/>
+        <v>272</v>
+      </c>
+      <c r="F256" s="25">
+        <f t="shared" si="7"/>
+        <v>238</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A257" s="20">
+        <v>237</v>
+      </c>
+      <c r="B257" s="20" t="s">
+        <v>237</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D257" s="25">
+        <v>340</v>
+      </c>
+      <c r="E257" s="25">
+        <f t="shared" si="6"/>
+        <v>272</v>
+      </c>
+      <c r="F257" s="25">
+        <f t="shared" si="7"/>
+        <v>238</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A258" s="20">
+        <v>238</v>
+      </c>
+      <c r="B258" s="20" t="s">
+        <v>238</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D258" s="25">
+        <v>200</v>
+      </c>
+      <c r="E258" s="25">
+        <f t="shared" si="6"/>
+        <v>160</v>
+      </c>
+      <c r="F258" s="25">
+        <f t="shared" si="7"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A259" s="20">
+        <v>239</v>
+      </c>
+      <c r="B259" s="20" t="s">
+        <v>239</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D259" s="25">
         <v>380</v>
       </c>
-      <c r="E110" s="31">
+      <c r="E259" s="25">
         <f t="shared" si="6"/>
         <v>304</v>
       </c>
-      <c r="F110" s="31">
+      <c r="F259" s="25">
         <f t="shared" si="7"/>
         <v>266</v>
       </c>
-      <c r="G110" s="19"/>
-[...182 lines deleted...]
-        <f t="shared" si="6"/>
+    </row>
+    <row r="260" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A260" s="20">
         <v>240</v>
       </c>
-      <c r="F119" s="31">
-[...78 lines deleted...]
-      <c r="D123" s="30">
+      <c r="B260" s="20" t="s">
+        <v>240</v>
+      </c>
+      <c r="C260" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D260" s="25">
         <v>380</v>
       </c>
-      <c r="E123" s="31">
+      <c r="E260" s="25">
         <f t="shared" si="6"/>
         <v>304</v>
       </c>
-      <c r="F123" s="31">
+      <c r="F260" s="25">
         <f t="shared" si="7"/>
         <v>266</v>
       </c>
-      <c r="G123" s="19"/>
-[...13 lines deleted...]
-      <c r="E124" s="31">
+    </row>
+    <row r="261" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="20">
+        <v>241</v>
+      </c>
+      <c r="B261" s="20" t="s">
+        <v>241</v>
+      </c>
+      <c r="C261" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D261" s="25">
+        <v>380</v>
+      </c>
+      <c r="E261" s="25">
         <f t="shared" si="6"/>
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="F124" s="31">
+        <v>304</v>
+      </c>
+      <c r="F261" s="25">
         <f t="shared" si="7"/>
-        <v>230.99999999999997</v>
-[...15 lines deleted...]
-      <c r="E125" s="31">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A262" s="20">
+        <v>242</v>
+      </c>
+      <c r="B262" s="20" t="s">
+        <v>242</v>
+      </c>
+      <c r="C262" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D262" s="25">
+        <v>380</v>
+      </c>
+      <c r="E262" s="25">
         <f t="shared" si="6"/>
-        <v>760</v>
-[...1 lines deleted...]
-      <c r="F125" s="31">
+        <v>304</v>
+      </c>
+      <c r="F262" s="25">
         <f t="shared" si="7"/>
-        <v>665</v>
-[...13 lines deleted...]
-      <c r="E126" s="31">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A263" s="20">
+        <v>243</v>
+      </c>
+      <c r="B263" s="20" t="s">
+        <v>243</v>
+      </c>
+      <c r="C263" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D263" s="25">
+        <v>380</v>
+      </c>
+      <c r="E263" s="25">
         <f t="shared" si="6"/>
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="F126" s="31">
+        <v>304</v>
+      </c>
+      <c r="F263" s="25">
         <f t="shared" si="7"/>
-        <v>770</v>
-[...15 lines deleted...]
-      <c r="E127" s="31">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A264" s="20">
+        <v>244</v>
+      </c>
+      <c r="B264" s="20" t="s">
+        <v>244</v>
+      </c>
+      <c r="C264" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D264" s="25">
+        <v>380</v>
+      </c>
+      <c r="E264" s="25">
         <f t="shared" si="6"/>
-        <v>2816</v>
-[...1 lines deleted...]
-      <c r="F127" s="31">
+        <v>304</v>
+      </c>
+      <c r="F264" s="25">
         <f t="shared" si="7"/>
-        <v>2464</v>
-[...13 lines deleted...]
-      <c r="E128" s="31">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A265" s="20">
+        <v>245</v>
+      </c>
+      <c r="B265" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D265" s="25">
+        <v>380</v>
+      </c>
+      <c r="E265" s="25">
         <f t="shared" si="6"/>
-        <v>3536</v>
-[...1 lines deleted...]
-      <c r="F128" s="31">
+        <v>304</v>
+      </c>
+      <c r="F265" s="25">
         <f t="shared" si="7"/>
-        <v>3094</v>
-[...12 lines deleted...]
-      <c r="D129" s="30">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A266" s="20">
+        <v>246</v>
+      </c>
+      <c r="B266" s="20" t="s">
+        <v>246</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D266" s="25">
         <v>310</v>
       </c>
-      <c r="E129" s="31">
+      <c r="E266" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F129" s="31">
+      <c r="F266" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G129" s="19"/>
-[...136 lines deleted...]
-      <c r="D136" s="30">
+    </row>
+    <row r="267" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A267" s="20">
+        <v>247</v>
+      </c>
+      <c r="B267" s="20" t="s">
+        <v>247</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D267" s="25">
         <v>310</v>
       </c>
-      <c r="E136" s="31">
+      <c r="E267" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F136" s="31">
+      <c r="F267" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G136" s="19"/>
-[...48 lines deleted...]
-      <c r="D139" s="30">
+    </row>
+    <row r="268" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A268" s="20">
+        <v>248</v>
+      </c>
+      <c r="B268" s="20" t="s">
+        <v>248</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D268" s="25">
         <v>560</v>
       </c>
-      <c r="E139" s="31">
+      <c r="E268" s="25">
         <f t="shared" si="6"/>
         <v>448</v>
       </c>
-      <c r="F139" s="31">
+      <c r="F268" s="25">
         <f t="shared" si="7"/>
         <v>392</v>
       </c>
-      <c r="G139" s="19"/>
-[...30 lines deleted...]
-      <c r="D141" s="30">
+    </row>
+    <row r="269" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A269" s="20">
+        <v>249</v>
+      </c>
+      <c r="B269" s="20" t="s">
+        <v>249</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D269" s="25">
         <v>310</v>
       </c>
-      <c r="E141" s="31">
+      <c r="E269" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F141" s="31">
+      <c r="F269" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G141" s="19"/>
-[...10 lines deleted...]
-      <c r="D142" s="30">
+    </row>
+    <row r="270" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A270" s="20">
+        <v>250</v>
+      </c>
+      <c r="B270" s="20" t="s">
+        <v>250</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D270" s="25">
         <v>310</v>
       </c>
-      <c r="E142" s="31">
+      <c r="E270" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F142" s="31">
+      <c r="F270" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G142" s="19"/>
-[...54 lines deleted...]
-      <c r="D145" s="30">
+    </row>
+    <row r="271" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A271" s="20">
+        <v>251</v>
+      </c>
+      <c r="B271" s="20" t="s">
+        <v>251</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D271" s="25">
         <v>310</v>
       </c>
-      <c r="E145" s="31">
+      <c r="E271" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F145" s="31">
+      <c r="F271" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G145" s="19"/>
-[...200 lines deleted...]
-      <c r="D155" s="30">
+    </row>
+    <row r="272" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A272" s="20">
+        <v>252</v>
+      </c>
+      <c r="B272" s="20" t="s">
+        <v>252</v>
+      </c>
+      <c r="C272" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D272" s="25">
         <v>310</v>
       </c>
-      <c r="E155" s="31">
+      <c r="E272" s="25">
         <f t="shared" si="6"/>
         <v>248</v>
       </c>
-      <c r="F155" s="31">
+      <c r="F272" s="25">
         <f t="shared" si="7"/>
         <v>217</v>
       </c>
-      <c r="G155" s="19"/>
-[...11 lines deleted...]
-      <c r="E156" s="31">
+    </row>
+    <row r="273" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A273" s="20">
+        <v>253</v>
+      </c>
+      <c r="B273" s="20" t="s">
+        <v>253</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D273" s="25">
+        <v>310</v>
+      </c>
+      <c r="E273" s="25">
         <f t="shared" si="6"/>
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="F156" s="31">
+        <v>248</v>
+      </c>
+      <c r="F273" s="25">
         <f t="shared" si="7"/>
-        <v>273</v>
-[...15 lines deleted...]
-      <c r="E157" s="31">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A274" s="20">
+        <v>254</v>
+      </c>
+      <c r="B274" s="20" t="s">
+        <v>254</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D274" s="25">
+        <v>310</v>
+      </c>
+      <c r="E274" s="25">
         <f t="shared" si="6"/>
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="F157" s="31">
+        <v>248</v>
+      </c>
+      <c r="F274" s="25">
         <f t="shared" si="7"/>
-        <v>237.99999999999997</v>
-[...13 lines deleted...]
-      <c r="E158" s="31">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A275" s="20">
+        <v>255</v>
+      </c>
+      <c r="B275" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D275" s="25">
+        <v>310</v>
+      </c>
+      <c r="E275" s="25">
         <f t="shared" si="6"/>
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="F158" s="31">
+        <v>248</v>
+      </c>
+      <c r="F275" s="25">
         <f t="shared" si="7"/>
-        <v>237.99999999999997</v>
-[...13 lines deleted...]
-      <c r="E159" s="31">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A276" s="20">
+        <v>256</v>
+      </c>
+      <c r="B276" s="20" t="s">
+        <v>256</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D276" s="25">
+        <v>310</v>
+      </c>
+      <c r="E276" s="25">
         <f t="shared" si="6"/>
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="F159" s="31">
+        <v>248</v>
+      </c>
+      <c r="F276" s="25">
         <f t="shared" si="7"/>
-        <v>406</v>
-[...18 lines deleted...]
-        <f t="shared" si="7"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A277" s="20">
+        <v>257</v>
+      </c>
+      <c r="B277" s="20" t="s">
+        <v>257</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D277" s="25">
+        <v>310</v>
+      </c>
+      <c r="E277" s="25">
+        <f t="shared" ref="E277:E339" si="8">D277-D277/100*20</f>
+        <v>248</v>
+      </c>
+      <c r="F277" s="25">
+        <f t="shared" ref="F277:F340" si="9">D277-D277/100*30</f>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A278" s="20">
+        <v>258</v>
+      </c>
+      <c r="B278" s="20" t="s">
+        <v>258</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D278" s="25">
+        <v>410</v>
+      </c>
+      <c r="E278" s="25">
+        <f t="shared" si="8"/>
+        <v>328</v>
+      </c>
+      <c r="F278" s="25">
+        <f t="shared" si="9"/>
+        <v>287</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A279" s="20">
+        <v>259</v>
+      </c>
+      <c r="B279" s="20" t="s">
+        <v>259</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D279" s="25">
+        <v>460</v>
+      </c>
+      <c r="E279" s="25">
+        <f t="shared" si="8"/>
+        <v>368</v>
+      </c>
+      <c r="F279" s="25">
+        <f t="shared" si="9"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A280" s="20">
+        <v>260</v>
+      </c>
+      <c r="B280" s="20" t="s">
+        <v>260</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D280" s="25">
+        <v>560</v>
+      </c>
+      <c r="E280" s="25">
+        <f t="shared" si="8"/>
         <v>448</v>
       </c>
-      <c r="G160" s="19"/>
-[...158 lines deleted...]
-      <c r="D168" s="30">
+      <c r="F280" s="25">
+        <f t="shared" si="9"/>
+        <v>392</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A281" s="20">
+        <v>261</v>
+      </c>
+      <c r="B281" s="20" t="s">
+        <v>261</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D281" s="25">
         <v>310</v>
       </c>
-      <c r="E168" s="31">
+      <c r="E281" s="25">
         <f t="shared" si="8"/>
         <v>248</v>
       </c>
-      <c r="F168" s="31">
+      <c r="F281" s="25">
         <f t="shared" si="9"/>
         <v>217</v>
       </c>
-      <c r="G168" s="19"/>
-[...10 lines deleted...]
-      <c r="D169" s="30">
+    </row>
+    <row r="282" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A282" s="20">
+        <v>262</v>
+      </c>
+      <c r="B282" s="20" t="s">
+        <v>262</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D282" s="25">
+        <v>310</v>
+      </c>
+      <c r="E282" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F282" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A283" s="20">
+        <v>263</v>
+      </c>
+      <c r="B283" s="20" t="s">
+        <v>263</v>
+      </c>
+      <c r="C283" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D283" s="25">
+        <v>200</v>
+      </c>
+      <c r="E283" s="25">
+        <f t="shared" si="8"/>
+        <v>160</v>
+      </c>
+      <c r="F283" s="25">
+        <f t="shared" si="9"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A284" s="20">
+        <v>264</v>
+      </c>
+      <c r="B284" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D284" s="25">
+        <v>310</v>
+      </c>
+      <c r="E284" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F284" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A285" s="20">
+        <v>265</v>
+      </c>
+      <c r="B285" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D285" s="25">
+        <v>310</v>
+      </c>
+      <c r="E285" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F285" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A286" s="20">
+        <v>266</v>
+      </c>
+      <c r="B286" s="20" t="s">
+        <v>266</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D286" s="25">
+        <v>460</v>
+      </c>
+      <c r="E286" s="25">
+        <f t="shared" si="8"/>
+        <v>368</v>
+      </c>
+      <c r="F286" s="25">
+        <f t="shared" si="9"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A287" s="20">
+        <v>267</v>
+      </c>
+      <c r="B287" s="20" t="s">
+        <v>267</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D287" s="25">
+        <v>310</v>
+      </c>
+      <c r="E287" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F287" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A288" s="20">
+        <v>268</v>
+      </c>
+      <c r="B288" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D288" s="25">
+        <v>310</v>
+      </c>
+      <c r="E288" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F288" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A289" s="20">
+        <v>269</v>
+      </c>
+      <c r="B289" s="20" t="s">
+        <v>269</v>
+      </c>
+      <c r="C289" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D289" s="25">
+        <v>310</v>
+      </c>
+      <c r="E289" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F289" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A290" s="20">
+        <v>270</v>
+      </c>
+      <c r="B290" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D290" s="25">
+        <v>310</v>
+      </c>
+      <c r="E290" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F290" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A291" s="20">
+        <v>271</v>
+      </c>
+      <c r="B291" s="20" t="s">
+        <v>271</v>
+      </c>
+      <c r="C291" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D291" s="25">
+        <v>310</v>
+      </c>
+      <c r="E291" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F291" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A292" s="20">
+        <v>272</v>
+      </c>
+      <c r="B292" s="20" t="s">
+        <v>272</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D292" s="25">
+        <v>310</v>
+      </c>
+      <c r="E292" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F292" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A293" s="20">
+        <v>273</v>
+      </c>
+      <c r="B293" s="20" t="s">
+        <v>273</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D293" s="25">
+        <v>310</v>
+      </c>
+      <c r="E293" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F293" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A294" s="20">
+        <v>274</v>
+      </c>
+      <c r="B294" s="20" t="s">
+        <v>274</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D294" s="25">
+        <v>310</v>
+      </c>
+      <c r="E294" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F294" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A295" s="20">
+        <v>275</v>
+      </c>
+      <c r="B295" s="20" t="s">
+        <v>275</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D295" s="25">
+        <v>310</v>
+      </c>
+      <c r="E295" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F295" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A296" s="20">
+        <v>276</v>
+      </c>
+      <c r="B296" s="20" t="s">
+        <v>276</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D296" s="25">
+        <v>310</v>
+      </c>
+      <c r="E296" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F296" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A297" s="20">
+        <v>277</v>
+      </c>
+      <c r="B297" s="20" t="s">
+        <v>277</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D297" s="25">
+        <v>200</v>
+      </c>
+      <c r="E297" s="25">
+        <f t="shared" si="8"/>
+        <v>160</v>
+      </c>
+      <c r="F297" s="25">
+        <f t="shared" si="9"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A298" s="20">
+        <v>278</v>
+      </c>
+      <c r="B298" s="20" t="s">
+        <v>278</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D298" s="25">
+        <v>200</v>
+      </c>
+      <c r="E298" s="25">
+        <f t="shared" si="8"/>
+        <v>160</v>
+      </c>
+      <c r="F298" s="25">
+        <f t="shared" si="9"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A299" s="20">
+        <v>279</v>
+      </c>
+      <c r="B299" s="20" t="s">
+        <v>279</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D299" s="25">
+        <v>200</v>
+      </c>
+      <c r="E299" s="25">
+        <f t="shared" si="8"/>
+        <v>160</v>
+      </c>
+      <c r="F299" s="25">
+        <f t="shared" si="9"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A300" s="20">
         <v>280</v>
       </c>
-      <c r="E169" s="31">
+      <c r="B300" s="20" t="s">
+        <v>280</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D300" s="25">
+        <v>790</v>
+      </c>
+      <c r="E300" s="25">
+        <f t="shared" si="8"/>
+        <v>632</v>
+      </c>
+      <c r="F300" s="25">
+        <f t="shared" si="9"/>
+        <v>553</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A301" s="20">
+        <v>281</v>
+      </c>
+      <c r="B301" s="20" t="s">
+        <v>281</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D301" s="25">
+        <v>490</v>
+      </c>
+      <c r="E301" s="25">
+        <f t="shared" si="8"/>
+        <v>392</v>
+      </c>
+      <c r="F301" s="25">
+        <f t="shared" si="9"/>
+        <v>343</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A302" s="20">
+        <v>282</v>
+      </c>
+      <c r="B302" s="20" t="s">
+        <v>282</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D302" s="25">
+        <v>280</v>
+      </c>
+      <c r="E302" s="25">
         <f t="shared" si="8"/>
         <v>224</v>
       </c>
-      <c r="F169" s="31">
+      <c r="F302" s="25">
         <f t="shared" si="9"/>
         <v>196</v>
       </c>
-      <c r="G169" s="19"/>
-[...11 lines deleted...]
-      <c r="E170" s="31">
+    </row>
+    <row r="303" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A303" s="20">
+        <v>283</v>
+      </c>
+      <c r="B303" s="20" t="s">
+        <v>283</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D303" s="25">
+        <v>410</v>
+      </c>
+      <c r="E303" s="25">
         <f t="shared" si="8"/>
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="F170" s="31">
+        <v>328</v>
+      </c>
+      <c r="F303" s="25">
         <f t="shared" si="9"/>
-        <v>322</v>
-[...12 lines deleted...]
-      <c r="D171" s="30">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A304" s="20">
+        <v>284</v>
+      </c>
+      <c r="B304" s="20" t="s">
+        <v>284</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D304" s="25">
+        <v>280</v>
+      </c>
+      <c r="E304" s="25">
+        <f t="shared" si="8"/>
+        <v>224</v>
+      </c>
+      <c r="F304" s="25">
+        <f t="shared" si="9"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A305" s="20">
+        <v>285</v>
+      </c>
+      <c r="B305" s="20" t="s">
+        <v>285</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D305" s="25">
+        <v>280</v>
+      </c>
+      <c r="E305" s="25">
+        <f t="shared" si="8"/>
+        <v>224</v>
+      </c>
+      <c r="F305" s="25">
+        <f t="shared" si="9"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A306" s="20">
+        <v>286</v>
+      </c>
+      <c r="B306" s="20" t="s">
+        <v>286</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D306" s="25">
+        <v>280</v>
+      </c>
+      <c r="E306" s="25">
+        <f t="shared" si="8"/>
+        <v>224</v>
+      </c>
+      <c r="F306" s="25">
+        <f t="shared" si="9"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A307" s="20">
+        <v>287</v>
+      </c>
+      <c r="B307" s="20" t="s">
+        <v>287</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D307" s="25">
+        <v>280</v>
+      </c>
+      <c r="E307" s="25">
+        <f t="shared" si="8"/>
+        <v>224</v>
+      </c>
+      <c r="F307" s="25">
+        <f t="shared" si="9"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A308" s="20">
+        <v>288</v>
+      </c>
+      <c r="B308" s="20" t="s">
+        <v>288</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D308" s="25">
         <v>200</v>
       </c>
-      <c r="E171" s="31">
+      <c r="E308" s="25">
         <f t="shared" si="8"/>
         <v>160</v>
       </c>
-      <c r="F171" s="31">
+      <c r="F308" s="25">
         <f t="shared" si="9"/>
         <v>140</v>
       </c>
-      <c r="G171" s="19"/>
-[...10 lines deleted...]
-      <c r="D172" s="30">
+    </row>
+    <row r="309" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A309" s="20">
+        <v>289</v>
+      </c>
+      <c r="B309" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D309" s="25">
+        <v>380</v>
+      </c>
+      <c r="E309" s="25">
+        <f t="shared" si="8"/>
+        <v>304</v>
+      </c>
+      <c r="F309" s="25">
+        <f t="shared" si="9"/>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A310" s="20">
+        <v>290</v>
+      </c>
+      <c r="B310" s="20" t="s">
+        <v>290</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D310" s="25">
+        <v>310</v>
+      </c>
+      <c r="E310" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F310" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A311" s="20">
+        <v>291</v>
+      </c>
+      <c r="B311" s="20" t="s">
+        <v>291</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D311" s="25">
+        <v>310</v>
+      </c>
+      <c r="E311" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F311" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A312" s="20">
+        <v>292</v>
+      </c>
+      <c r="B312" s="20" t="s">
+        <v>292</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D312" s="25">
+        <v>310</v>
+      </c>
+      <c r="E312" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F312" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A313" s="20">
+        <v>293</v>
+      </c>
+      <c r="B313" s="20" t="s">
+        <v>293</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D313" s="25">
+        <v>310</v>
+      </c>
+      <c r="E313" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F313" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A314" s="20">
+        <v>294</v>
+      </c>
+      <c r="B314" s="20" t="s">
+        <v>294</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D314" s="25">
+        <v>310</v>
+      </c>
+      <c r="E314" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F314" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A315" s="20">
+        <v>295</v>
+      </c>
+      <c r="B315" s="20" t="s">
+        <v>295</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D315" s="25">
+        <v>310</v>
+      </c>
+      <c r="E315" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F315" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A316" s="20">
+        <v>296</v>
+      </c>
+      <c r="B316" s="20" t="s">
+        <v>296</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D316" s="25">
+        <v>310</v>
+      </c>
+      <c r="E316" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F316" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A317" s="20">
+        <v>297</v>
+      </c>
+      <c r="B317" s="20" t="s">
+        <v>297</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D317" s="25">
+        <v>310</v>
+      </c>
+      <c r="E317" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F317" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A318" s="20">
+        <v>298</v>
+      </c>
+      <c r="B318" s="20" t="s">
+        <v>298</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D318" s="25">
+        <v>310</v>
+      </c>
+      <c r="E318" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F318" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A319" s="20">
+        <v>299</v>
+      </c>
+      <c r="B319" s="20" t="s">
+        <v>299</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D319" s="25">
+        <v>310</v>
+      </c>
+      <c r="E319" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F319" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A320" s="20">
+        <v>300</v>
+      </c>
+      <c r="B320" s="20" t="s">
+        <v>300</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D320" s="25">
+        <v>310</v>
+      </c>
+      <c r="E320" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F320" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A321" s="20">
+        <v>301</v>
+      </c>
+      <c r="B321" s="20" t="s">
+        <v>301</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D321" s="25">
+        <v>310</v>
+      </c>
+      <c r="E321" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F321" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A322" s="20">
+        <v>302</v>
+      </c>
+      <c r="B322" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D322" s="25">
+        <v>310</v>
+      </c>
+      <c r="E322" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F322" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A323" s="20">
+        <v>303</v>
+      </c>
+      <c r="B323" s="20" t="s">
+        <v>303</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D323" s="25">
+        <v>310</v>
+      </c>
+      <c r="E323" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F323" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A324" s="20">
+        <v>304</v>
+      </c>
+      <c r="B324" s="20" t="s">
+        <v>304</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D324" s="25">
+        <v>310</v>
+      </c>
+      <c r="E324" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F324" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A325" s="20">
+        <v>305</v>
+      </c>
+      <c r="B325" s="20" t="s">
+        <v>305</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D325" s="25">
+        <v>310</v>
+      </c>
+      <c r="E325" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F325" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A326" s="20">
+        <v>306</v>
+      </c>
+      <c r="B326" s="20" t="s">
+        <v>306</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D326" s="25">
+        <v>310</v>
+      </c>
+      <c r="E326" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F326" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A327" s="20">
+        <v>307</v>
+      </c>
+      <c r="B327" s="20" t="s">
+        <v>307</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D327" s="25">
+        <v>310</v>
+      </c>
+      <c r="E327" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F327" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A328" s="20">
+        <v>308</v>
+      </c>
+      <c r="B328" s="20" t="s">
+        <v>308</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D328" s="25">
+        <v>310</v>
+      </c>
+      <c r="E328" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F328" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A329" s="20">
+        <v>309</v>
+      </c>
+      <c r="B329" s="20" t="s">
+        <v>309</v>
+      </c>
+      <c r="C329" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D329" s="25">
+        <v>310</v>
+      </c>
+      <c r="E329" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F329" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A330" s="20">
+        <v>310</v>
+      </c>
+      <c r="B330" s="20" t="s">
+        <v>310</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D330" s="25">
+        <v>310</v>
+      </c>
+      <c r="E330" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F330" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A331" s="20">
+        <v>311</v>
+      </c>
+      <c r="B331" s="20" t="s">
+        <v>311</v>
+      </c>
+      <c r="C331" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D331" s="25">
+        <v>310</v>
+      </c>
+      <c r="E331" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F331" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A332" s="20">
+        <v>312</v>
+      </c>
+      <c r="B332" s="20" t="s">
+        <v>312</v>
+      </c>
+      <c r="C332" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D332" s="25">
+        <v>310</v>
+      </c>
+      <c r="E332" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F332" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A333" s="20">
+        <v>313</v>
+      </c>
+      <c r="B333" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="C333" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D333" s="25">
+        <v>310</v>
+      </c>
+      <c r="E333" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F333" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A334" s="20">
+        <v>314</v>
+      </c>
+      <c r="B334" s="20" t="s">
+        <v>314</v>
+      </c>
+      <c r="C334" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D334" s="25">
+        <v>310</v>
+      </c>
+      <c r="E334" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F334" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A335" s="20">
+        <v>315</v>
+      </c>
+      <c r="B335" s="20" t="s">
+        <v>315</v>
+      </c>
+      <c r="C335" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D335" s="25">
+        <v>310</v>
+      </c>
+      <c r="E335" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F335" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A336" s="20">
+        <v>316</v>
+      </c>
+      <c r="B336" s="20" t="s">
+        <v>316</v>
+      </c>
+      <c r="C336" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D336" s="25">
+        <v>310</v>
+      </c>
+      <c r="E336" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F336" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A337" s="20">
+        <v>317</v>
+      </c>
+      <c r="B337" s="20" t="s">
+        <v>317</v>
+      </c>
+      <c r="C337" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D337" s="25">
+        <v>310</v>
+      </c>
+      <c r="E337" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F337" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A338" s="20">
+        <v>318</v>
+      </c>
+      <c r="B338" s="20" t="s">
+        <v>318</v>
+      </c>
+      <c r="C338" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D338" s="25">
+        <v>310</v>
+      </c>
+      <c r="E338" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F338" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A339" s="20">
+        <v>319</v>
+      </c>
+      <c r="B339" s="20" t="s">
+        <v>319</v>
+      </c>
+      <c r="C339" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D339" s="25">
+        <v>310</v>
+      </c>
+      <c r="E339" s="25">
+        <f t="shared" si="8"/>
+        <v>248</v>
+      </c>
+      <c r="F339" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A340" s="20">
+        <v>320</v>
+      </c>
+      <c r="B340" s="20" t="s">
+        <v>320</v>
+      </c>
+      <c r="C340" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D340" s="25">
+        <v>310</v>
+      </c>
+      <c r="E340" s="25">
+        <f t="shared" ref="E340:E403" si="10">D340-D340/100*20</f>
+        <v>248</v>
+      </c>
+      <c r="F340" s="25">
+        <f t="shared" si="9"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A341" s="20">
+        <v>321</v>
+      </c>
+      <c r="B341" s="20" t="s">
+        <v>321</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D341" s="25">
+        <v>310</v>
+      </c>
+      <c r="E341" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F341" s="25">
+        <f t="shared" ref="F341:F404" si="11">D341-D341/100*30</f>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A342" s="20">
+        <v>322</v>
+      </c>
+      <c r="B342" s="20" t="s">
+        <v>322</v>
+      </c>
+      <c r="C342" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D342" s="25">
+        <v>310</v>
+      </c>
+      <c r="E342" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F342" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A343" s="20">
+        <v>323</v>
+      </c>
+      <c r="B343" s="20" t="s">
+        <v>323</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D343" s="25">
+        <v>310</v>
+      </c>
+      <c r="E343" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F343" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A344" s="20">
+        <v>324</v>
+      </c>
+      <c r="B344" s="20" t="s">
+        <v>324</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D344" s="25">
+        <v>310</v>
+      </c>
+      <c r="E344" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F344" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A345" s="20">
+        <v>325</v>
+      </c>
+      <c r="B345" s="20" t="s">
+        <v>325</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D345" s="25">
+        <v>310</v>
+      </c>
+      <c r="E345" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F345" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A346" s="20">
+        <v>326</v>
+      </c>
+      <c r="B346" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="C346" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D346" s="25">
+        <v>390</v>
+      </c>
+      <c r="E346" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F346" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A347" s="20">
+        <v>327</v>
+      </c>
+      <c r="B347" s="20" t="s">
+        <v>327</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D347" s="25">
+        <v>390</v>
+      </c>
+      <c r="E347" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F347" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A348" s="20">
+        <v>328</v>
+      </c>
+      <c r="B348" s="20" t="s">
+        <v>328</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D348" s="25">
+        <v>390</v>
+      </c>
+      <c r="E348" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F348" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A349" s="20">
+        <v>329</v>
+      </c>
+      <c r="B349" s="20" t="s">
+        <v>329</v>
+      </c>
+      <c r="C349" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D349" s="25">
+        <v>310</v>
+      </c>
+      <c r="E349" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F349" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A350" s="20">
+        <v>330</v>
+      </c>
+      <c r="B350" s="20" t="s">
+        <v>330</v>
+      </c>
+      <c r="C350" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D350" s="25">
+        <v>390</v>
+      </c>
+      <c r="E350" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F350" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="20">
+        <v>331</v>
+      </c>
+      <c r="B351" s="20" t="s">
+        <v>331</v>
+      </c>
+      <c r="C351" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D351" s="25">
+        <v>310</v>
+      </c>
+      <c r="E351" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F351" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A352" s="20">
+        <v>332</v>
+      </c>
+      <c r="B352" s="20" t="s">
+        <v>332</v>
+      </c>
+      <c r="C352" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D352" s="25">
+        <v>310</v>
+      </c>
+      <c r="E352" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F352" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A353" s="20">
+        <v>333</v>
+      </c>
+      <c r="B353" s="20" t="s">
+        <v>333</v>
+      </c>
+      <c r="C353" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D353" s="25">
         <v>200</v>
       </c>
-      <c r="E172" s="31">
-        <f t="shared" si="8"/>
+      <c r="E353" s="25">
+        <f t="shared" si="10"/>
         <v>160</v>
       </c>
-      <c r="F172" s="31">
-        <f t="shared" si="9"/>
+      <c r="F353" s="25">
+        <f t="shared" si="11"/>
         <v>140</v>
       </c>
-      <c r="G172" s="19"/>
-[...8 lines deleted...]
-      <c r="D173" s="30">
+    </row>
+    <row r="354" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A354" s="20">
+        <v>334</v>
+      </c>
+      <c r="B354" s="20" t="s">
+        <v>334</v>
+      </c>
+      <c r="C354" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D354" s="25">
+        <v>310</v>
+      </c>
+      <c r="E354" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F354" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A355" s="20">
+        <v>335</v>
+      </c>
+      <c r="B355" s="20" t="s">
+        <v>335</v>
+      </c>
+      <c r="C355" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D355" s="25">
+        <v>310</v>
+      </c>
+      <c r="E355" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F355" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A356" s="20">
+        <v>336</v>
+      </c>
+      <c r="B356" s="20" t="s">
+        <v>336</v>
+      </c>
+      <c r="C356" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D356" s="25">
+        <v>310</v>
+      </c>
+      <c r="E356" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F356" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A357" s="20">
+        <v>337</v>
+      </c>
+      <c r="B357" s="20" t="s">
+        <v>337</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D357" s="25">
+        <v>310</v>
+      </c>
+      <c r="E357" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F357" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A358" s="20">
+        <v>338</v>
+      </c>
+      <c r="B358" s="20" t="s">
+        <v>338</v>
+      </c>
+      <c r="C358" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D358" s="25">
+        <v>310</v>
+      </c>
+      <c r="E358" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F358" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A359" s="20">
+        <v>339</v>
+      </c>
+      <c r="B359" s="20" t="s">
+        <v>339</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D359" s="25">
+        <v>310</v>
+      </c>
+      <c r="E359" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F359" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A360" s="20">
+        <v>340</v>
+      </c>
+      <c r="B360" s="20" t="s">
+        <v>340</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D360" s="25">
+        <v>390</v>
+      </c>
+      <c r="E360" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F360" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A361" s="20">
+        <v>341</v>
+      </c>
+      <c r="B361" s="20" t="s">
+        <v>341</v>
+      </c>
+      <c r="C361" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D361" s="25">
+        <v>390</v>
+      </c>
+      <c r="E361" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F361" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A362" s="20">
+        <v>342</v>
+      </c>
+      <c r="B362" s="20" t="s">
+        <v>342</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D362" s="25">
+        <v>390</v>
+      </c>
+      <c r="E362" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F362" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A363" s="20">
+        <v>343</v>
+      </c>
+      <c r="B363" s="20" t="s">
+        <v>343</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D363" s="25">
+        <v>310</v>
+      </c>
+      <c r="E363" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F363" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A364" s="20">
+        <v>344</v>
+      </c>
+      <c r="B364" s="20" t="s">
+        <v>344</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D364" s="25">
+        <v>390</v>
+      </c>
+      <c r="E364" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F364" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A365" s="20">
+        <v>345</v>
+      </c>
+      <c r="B365" s="20" t="s">
+        <v>345</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D365" s="25">
+        <v>310</v>
+      </c>
+      <c r="E365" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F365" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A366" s="20">
+        <v>346</v>
+      </c>
+      <c r="B366" s="20" t="s">
+        <v>346</v>
+      </c>
+      <c r="C366" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D366" s="25">
+        <v>310</v>
+      </c>
+      <c r="E366" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F366" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A367" s="20">
+        <v>347</v>
+      </c>
+      <c r="B367" s="20" t="s">
+        <v>347</v>
+      </c>
+      <c r="C367" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D367" s="25">
+        <v>310</v>
+      </c>
+      <c r="E367" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F367" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A368" s="20">
+        <v>348</v>
+      </c>
+      <c r="B368" s="20" t="s">
+        <v>348</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D368" s="25">
+        <v>310</v>
+      </c>
+      <c r="E368" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F368" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A369" s="20">
+        <v>349</v>
+      </c>
+      <c r="B369" s="20" t="s">
+        <v>349</v>
+      </c>
+      <c r="C369" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D369" s="25">
+        <v>310</v>
+      </c>
+      <c r="E369" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F369" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A370" s="20">
+        <v>350</v>
+      </c>
+      <c r="B370" s="20" t="s">
+        <v>350</v>
+      </c>
+      <c r="C370" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D370" s="25">
+        <v>310</v>
+      </c>
+      <c r="E370" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F370" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A371" s="20">
+        <v>351</v>
+      </c>
+      <c r="B371" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D371" s="25">
+        <v>310</v>
+      </c>
+      <c r="E371" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F371" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A372" s="20">
+        <v>352</v>
+      </c>
+      <c r="B372" s="20" t="s">
+        <v>352</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D372" s="25">
+        <v>310</v>
+      </c>
+      <c r="E372" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F372" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A373" s="20">
+        <v>353</v>
+      </c>
+      <c r="B373" s="20" t="s">
+        <v>353</v>
+      </c>
+      <c r="C373" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D373" s="25">
+        <v>310</v>
+      </c>
+      <c r="E373" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F373" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A374" s="20">
+        <v>354</v>
+      </c>
+      <c r="B374" s="20" t="s">
+        <v>354</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D374" s="25">
+        <v>310</v>
+      </c>
+      <c r="E374" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F374" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A375" s="20">
+        <v>355</v>
+      </c>
+      <c r="B375" s="20" t="s">
+        <v>355</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D375" s="25">
+        <v>310</v>
+      </c>
+      <c r="E375" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F375" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A376" s="20">
+        <v>356</v>
+      </c>
+      <c r="B376" s="20" t="s">
+        <v>356</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D376" s="25">
+        <v>310</v>
+      </c>
+      <c r="E376" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F376" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A377" s="20">
+        <v>357</v>
+      </c>
+      <c r="B377" s="20" t="s">
+        <v>357</v>
+      </c>
+      <c r="C377" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D377" s="25">
+        <v>310</v>
+      </c>
+      <c r="E377" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F377" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A378" s="20">
+        <v>358</v>
+      </c>
+      <c r="B378" s="20" t="s">
+        <v>358</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D378" s="25">
+        <v>200</v>
+      </c>
+      <c r="E378" s="25">
+        <f t="shared" si="10"/>
+        <v>160</v>
+      </c>
+      <c r="F378" s="25">
+        <f t="shared" si="11"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A379" s="20">
+        <v>359</v>
+      </c>
+      <c r="B379" s="20" t="s">
+        <v>359</v>
+      </c>
+      <c r="C379" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D379" s="25">
+        <v>310</v>
+      </c>
+      <c r="E379" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F379" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A380" s="20">
+        <v>360</v>
+      </c>
+      <c r="B380" s="20" t="s">
+        <v>360</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D380" s="25">
+        <v>310</v>
+      </c>
+      <c r="E380" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F380" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A381" s="20">
+        <v>361</v>
+      </c>
+      <c r="B381" s="20" t="s">
+        <v>361</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D381" s="25">
+        <v>310</v>
+      </c>
+      <c r="E381" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F381" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A382" s="20">
+        <v>362</v>
+      </c>
+      <c r="B382" s="20" t="s">
+        <v>362</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D382" s="25">
+        <v>390</v>
+      </c>
+      <c r="E382" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F382" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A383" s="20">
+        <v>363</v>
+      </c>
+      <c r="B383" s="20" t="s">
+        <v>363</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D383" s="25">
+        <v>310</v>
+      </c>
+      <c r="E383" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F383" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A384" s="20">
+        <v>364</v>
+      </c>
+      <c r="B384" s="20" t="s">
+        <v>364</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D384" s="25">
+        <v>310</v>
+      </c>
+      <c r="E384" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F384" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A385" s="20">
+        <v>365</v>
+      </c>
+      <c r="B385" s="20" t="s">
+        <v>365</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D385" s="25">
+        <v>390</v>
+      </c>
+      <c r="E385" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F385" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A386" s="20">
+        <v>366</v>
+      </c>
+      <c r="B386" s="20" t="s">
+        <v>366</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D386" s="25">
+        <v>310</v>
+      </c>
+      <c r="E386" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F386" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A387" s="20">
+        <v>367</v>
+      </c>
+      <c r="B387" s="20" t="s">
+        <v>367</v>
+      </c>
+      <c r="C387" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D387" s="25">
+        <v>310</v>
+      </c>
+      <c r="E387" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F387" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A388" s="20">
+        <v>368</v>
+      </c>
+      <c r="B388" s="20" t="s">
+        <v>368</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D388" s="25">
+        <v>310</v>
+      </c>
+      <c r="E388" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F388" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A389" s="20">
+        <v>369</v>
+      </c>
+      <c r="B389" s="20" t="s">
+        <v>369</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D389" s="25">
+        <v>390</v>
+      </c>
+      <c r="E389" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F389" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A390" s="20">
+        <v>370</v>
+      </c>
+      <c r="B390" s="20" t="s">
+        <v>370</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D390" s="25">
+        <v>310</v>
+      </c>
+      <c r="E390" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F390" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A391" s="20">
+        <v>371</v>
+      </c>
+      <c r="B391" s="20" t="s">
+        <v>371</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D391" s="25">
+        <v>310</v>
+      </c>
+      <c r="E391" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F391" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A392" s="20">
+        <v>372</v>
+      </c>
+      <c r="B392" s="20" t="s">
+        <v>372</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D392" s="25">
+        <v>310</v>
+      </c>
+      <c r="E392" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F392" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A393" s="20">
+        <v>373</v>
+      </c>
+      <c r="B393" s="20" t="s">
+        <v>373</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D393" s="25">
+        <v>390</v>
+      </c>
+      <c r="E393" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F393" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A394" s="20">
+        <v>374</v>
+      </c>
+      <c r="B394" s="20" t="s">
+        <v>374</v>
+      </c>
+      <c r="C394" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D394" s="25">
+        <v>310</v>
+      </c>
+      <c r="E394" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F394" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A395" s="20">
+        <v>375</v>
+      </c>
+      <c r="B395" s="20" t="s">
+        <v>375</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D395" s="25">
+        <v>310</v>
+      </c>
+      <c r="E395" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F395" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A396" s="20">
+        <v>376</v>
+      </c>
+      <c r="B396" s="20" t="s">
+        <v>376</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D396" s="25">
+        <v>310</v>
+      </c>
+      <c r="E396" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F396" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A397" s="20">
+        <v>377</v>
+      </c>
+      <c r="B397" s="20" t="s">
+        <v>377</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D397" s="25">
+        <v>310</v>
+      </c>
+      <c r="E397" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F397" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A398" s="20">
+        <v>378</v>
+      </c>
+      <c r="B398" s="20" t="s">
+        <v>378</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D398" s="25">
+        <v>390</v>
+      </c>
+      <c r="E398" s="25">
+        <f t="shared" si="10"/>
+        <v>312</v>
+      </c>
+      <c r="F398" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A399" s="20">
+        <v>379</v>
+      </c>
+      <c r="B399" s="20" t="s">
+        <v>379</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D399" s="25">
+        <v>310</v>
+      </c>
+      <c r="E399" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F399" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A400" s="20">
+        <v>380</v>
+      </c>
+      <c r="B400" s="20" t="s">
+        <v>380</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D400" s="25">
+        <v>310</v>
+      </c>
+      <c r="E400" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F400" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A401" s="20">
+        <v>381</v>
+      </c>
+      <c r="B401" s="20" t="s">
+        <v>381</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D401" s="25">
+        <v>310</v>
+      </c>
+      <c r="E401" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F401" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A402" s="20">
+        <v>382</v>
+      </c>
+      <c r="B402" s="20" t="s">
+        <v>382</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D402" s="25">
+        <v>200</v>
+      </c>
+      <c r="E402" s="25">
+        <f t="shared" si="10"/>
+        <v>160</v>
+      </c>
+      <c r="F402" s="25">
+        <f t="shared" si="11"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A403" s="20">
+        <v>383</v>
+      </c>
+      <c r="B403" s="20" t="s">
+        <v>383</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D403" s="25">
+        <v>310</v>
+      </c>
+      <c r="E403" s="25">
+        <f t="shared" si="10"/>
+        <v>248</v>
+      </c>
+      <c r="F403" s="25">
+        <f t="shared" si="11"/>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A404" s="20">
+        <v>384</v>
+      </c>
+      <c r="B404" s="20" t="s">
+        <v>384</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D404" s="25">
+        <v>390</v>
+      </c>
+      <c r="E404" s="25">
+        <f t="shared" ref="E404:E433" si="12">D404-D404/100*20</f>
+        <v>312</v>
+      </c>
+      <c r="F404" s="25">
+        <f t="shared" si="11"/>
+        <v>273</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A405" s="20">
+        <v>385</v>
+      </c>
+      <c r="B405" s="20" t="s">
+        <v>385</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D405" s="25">
+        <v>580</v>
+      </c>
+      <c r="E405" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F405" s="25">
+        <f t="shared" ref="F405:F433" si="13">D405-D405/100*30</f>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A406" s="20">
+        <v>386</v>
+      </c>
+      <c r="B406" s="20" t="s">
+        <v>386</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D406" s="25">
+        <v>640</v>
+      </c>
+      <c r="E406" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F406" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A407" s="20">
+        <v>387</v>
+      </c>
+      <c r="B407" s="20" t="s">
+        <v>387</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D407" s="25">
+        <v>640</v>
+      </c>
+      <c r="E407" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F407" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A408" s="20">
+        <v>388</v>
+      </c>
+      <c r="B408" s="20" t="s">
+        <v>388</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D408" s="25">
+        <v>580</v>
+      </c>
+      <c r="E408" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F408" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A409" s="20">
+        <v>389</v>
+      </c>
+      <c r="B409" s="20" t="s">
+        <v>389</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D409" s="25">
+        <v>640</v>
+      </c>
+      <c r="E409" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F409" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A410" s="20">
+        <v>390</v>
+      </c>
+      <c r="B410" s="20" t="s">
+        <v>390</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D410" s="25">
+        <v>580</v>
+      </c>
+      <c r="E410" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F410" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A411" s="20">
+        <v>391</v>
+      </c>
+      <c r="B411" s="20" t="s">
+        <v>391</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D411" s="25">
+        <v>770</v>
+      </c>
+      <c r="E411" s="25">
+        <f t="shared" si="12"/>
+        <v>616</v>
+      </c>
+      <c r="F411" s="25">
+        <f t="shared" si="13"/>
+        <v>539</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A412" s="20">
+        <v>392</v>
+      </c>
+      <c r="B412" s="20" t="s">
+        <v>392</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D412" s="25">
+        <v>640</v>
+      </c>
+      <c r="E412" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F412" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A413" s="20">
+        <v>393</v>
+      </c>
+      <c r="B413" s="20" t="s">
+        <v>393</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D413" s="25">
+        <v>580</v>
+      </c>
+      <c r="E413" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F413" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A414" s="20">
+        <v>394</v>
+      </c>
+      <c r="B414" s="20" t="s">
+        <v>394</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D414" s="25">
+        <v>640</v>
+      </c>
+      <c r="E414" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F414" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A415" s="20">
+        <v>395</v>
+      </c>
+      <c r="B415" s="20" t="s">
+        <v>395</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D415" s="25">
+        <v>580</v>
+      </c>
+      <c r="E415" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F415" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A416" s="20">
+        <v>396</v>
+      </c>
+      <c r="B416" s="20" t="s">
+        <v>396</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D416" s="25">
+        <v>640</v>
+      </c>
+      <c r="E416" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F416" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A417" s="20">
+        <v>397</v>
+      </c>
+      <c r="B417" s="20" t="s">
+        <v>397</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D417" s="25">
+        <v>340</v>
+      </c>
+      <c r="E417" s="25">
+        <f t="shared" si="12"/>
+        <v>272</v>
+      </c>
+      <c r="F417" s="25">
+        <f t="shared" si="13"/>
+        <v>238</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A418" s="20">
+        <v>398</v>
+      </c>
+      <c r="B418" s="20" t="s">
+        <v>398</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D418" s="25">
+        <v>640</v>
+      </c>
+      <c r="E418" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F418" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A419" s="20">
+        <v>399</v>
+      </c>
+      <c r="B419" s="20" t="s">
+        <v>399</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D419" s="25">
+        <v>640</v>
+      </c>
+      <c r="E419" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F419" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A420" s="20">
+        <v>400</v>
+      </c>
+      <c r="B420" s="20" t="s">
+        <v>400</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D420" s="25">
+        <v>580</v>
+      </c>
+      <c r="E420" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F420" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A421" s="20">
+        <v>401</v>
+      </c>
+      <c r="B421" s="20" t="s">
+        <v>401</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D421" s="25">
+        <v>640</v>
+      </c>
+      <c r="E421" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F421" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A422" s="20">
+        <v>402</v>
+      </c>
+      <c r="B422" s="20" t="s">
+        <v>402</v>
+      </c>
+      <c r="C422" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D422" s="25">
+        <v>580</v>
+      </c>
+      <c r="E422" s="25">
+        <f t="shared" si="12"/>
+        <v>464</v>
+      </c>
+      <c r="F422" s="25">
+        <f t="shared" si="13"/>
+        <v>406</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A423" s="20">
+        <v>403</v>
+      </c>
+      <c r="B423" s="20" t="s">
+        <v>403</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D423" s="25">
+        <v>640</v>
+      </c>
+      <c r="E423" s="25">
+        <f t="shared" si="12"/>
+        <v>512</v>
+      </c>
+      <c r="F423" s="25">
+        <f t="shared" si="13"/>
+        <v>448</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A424" s="20">
+        <v>404</v>
+      </c>
+      <c r="B424" s="20" t="s">
+        <v>404</v>
+      </c>
+      <c r="C424" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D424" s="25">
+        <v>260</v>
+      </c>
+      <c r="E424" s="25">
+        <f t="shared" si="12"/>
+        <v>208</v>
+      </c>
+      <c r="F424" s="25">
+        <f t="shared" si="13"/>
+        <v>182</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A425" s="20">
+        <v>405</v>
+      </c>
+      <c r="B425" s="20" t="s">
+        <v>405</v>
+      </c>
+      <c r="C425" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D425" s="25">
+        <v>460</v>
+      </c>
+      <c r="E425" s="25">
+        <f t="shared" si="12"/>
+        <v>368</v>
+      </c>
+      <c r="F425" s="25">
+        <f t="shared" si="13"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A426" s="20">
+        <v>406</v>
+      </c>
+      <c r="B426" s="20" t="s">
+        <v>406</v>
+      </c>
+      <c r="C426" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D426" s="25">
+        <v>460</v>
+      </c>
+      <c r="E426" s="25">
+        <f t="shared" si="12"/>
+        <v>368</v>
+      </c>
+      <c r="F426" s="25">
+        <f t="shared" si="13"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A427" s="20">
+        <v>407</v>
+      </c>
+      <c r="B427" s="20" t="s">
+        <v>407</v>
+      </c>
+      <c r="C427" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D427" s="25">
+        <v>460</v>
+      </c>
+      <c r="E427" s="25">
+        <f t="shared" si="12"/>
+        <v>368</v>
+      </c>
+      <c r="F427" s="25">
+        <f t="shared" si="13"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A428" s="20">
+        <v>408</v>
+      </c>
+      <c r="B428" s="20" t="s">
+        <v>408</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D428" s="25">
+        <v>460</v>
+      </c>
+      <c r="E428" s="25">
+        <f t="shared" si="12"/>
+        <v>368</v>
+      </c>
+      <c r="F428" s="25">
+        <f t="shared" si="13"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A429" s="20">
+        <v>409</v>
+      </c>
+      <c r="B429" s="20" t="s">
+        <v>409</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D429" s="25">
+        <v>460</v>
+      </c>
+      <c r="E429" s="25">
+        <f t="shared" si="12"/>
+        <v>368</v>
+      </c>
+      <c r="F429" s="25">
+        <f t="shared" si="13"/>
+        <v>322</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A430" s="20">
+        <v>410</v>
+      </c>
+      <c r="B430" s="20" t="s">
+        <v>410</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D430" s="25">
         <v>280</v>
       </c>
-      <c r="E173" s="31">
-        <f t="shared" si="8"/>
+      <c r="E430" s="25">
+        <f t="shared" si="12"/>
         <v>224</v>
       </c>
-      <c r="F173" s="31">
-        <f t="shared" si="9"/>
+      <c r="F430" s="25">
+        <f t="shared" si="13"/>
         <v>196</v>
       </c>
-      <c r="G173" s="19"/>
-[...193 lines deleted...]
-    <row r="367" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    </row>
+    <row r="431" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A431" s="20">
+        <v>411</v>
+      </c>
+      <c r="B431" s="20" t="s">
+        <v>411</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D431" s="25">
+        <v>200</v>
+      </c>
+      <c r="E431" s="25">
+        <f t="shared" si="12"/>
+        <v>160</v>
+      </c>
+      <c r="F431" s="25">
+        <f t="shared" si="13"/>
+        <v>140</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A432" s="20">
+        <v>412</v>
+      </c>
+      <c r="B432" s="20" t="s">
+        <v>412</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D432" s="25">
+        <v>280</v>
+      </c>
+      <c r="E432" s="25">
+        <f t="shared" si="12"/>
+        <v>224</v>
+      </c>
+      <c r="F432" s="25">
+        <f t="shared" si="13"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+      <c r="A433" s="20">
+        <v>413</v>
+      </c>
+      <c r="B433" s="20" t="s">
+        <v>413</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="D433" s="25">
+        <v>280</v>
+      </c>
+      <c r="E433" s="25">
+        <f t="shared" si="12"/>
+        <v>224</v>
+      </c>
+      <c r="F433" s="25">
+        <f t="shared" si="13"/>
+        <v>196</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="B434" s="26" t="s">
+        <v>425</v>
+      </c>
+      <c r="C434" s="26"/>
+      <c r="D434" s="26"/>
+      <c r="E434" s="26"/>
+      <c r="F434" s="26"/>
+      <c r="G434" s="22"/>
+      <c r="H434" s="22"/>
+      <c r="I434" s="22"/>
+    </row>
+    <row r="435" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="B435" s="27" t="s">
+        <v>426</v>
+      </c>
+      <c r="C435" s="27"/>
+      <c r="D435" s="27"/>
+      <c r="E435" s="27"/>
+      <c r="F435" s="27"/>
+      <c r="G435" s="21"/>
+      <c r="H435" s="21"/>
+      <c r="I435" s="21"/>
+    </row>
+    <row r="436" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="B436" s="27" t="s">
+        <v>427</v>
+      </c>
+      <c r="C436" s="27"/>
+      <c r="D436" s="27"/>
+      <c r="E436" s="27"/>
+      <c r="F436" s="27"/>
+      <c r="G436" s="21"/>
+      <c r="H436" s="21"/>
+      <c r="I436" s="21"/>
+    </row>
+    <row r="437" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="B437" s="28" t="s">
+        <v>437</v>
+      </c>
+      <c r="C437" s="28"/>
+      <c r="D437" s="28"/>
+      <c r="E437" s="28"/>
+      <c r="F437" s="28"/>
+      <c r="G437" s="21"/>
+      <c r="H437" s="21"/>
+      <c r="I437" s="21"/>
+    </row>
+    <row r="438" spans="1:9" ht="18.75" x14ac:dyDescent="0.2">
+      <c r="B438" s="27" t="s">
+        <v>428</v>
+      </c>
+      <c r="C438" s="27"/>
+      <c r="D438" s="27"/>
+      <c r="E438" s="27"/>
+      <c r="F438" s="27"/>
+      <c r="G438" s="21"/>
+      <c r="H438" s="21"/>
+      <c r="I438" s="21"/>
+    </row>
   </sheetData>
-  <autoFilter ref="B27:H177" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="C40:C42"/>
+  <autoFilter ref="B17:D433" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B18:D433">
+    <sortCondition ref="B18:B433"/>
   </sortState>
-  <mergeCells count="116">
-[...115 lines deleted...]
-    <mergeCell ref="B101:B103"/>
+  <mergeCells count="20">
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="B18:F18"/>
+    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A16:F16"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A14:F14"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="B438:F438"/>
+    <mergeCell ref="B2:F2"/>
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B3:F3"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="B434:F434"/>
+    <mergeCell ref="B435:F435"/>
+    <mergeCell ref="B436:F436"/>
+    <mergeCell ref="B437:F437"/>
   </mergeCells>
-  <phoneticPr fontId="29" type="noConversion"/>
-[...6 lines deleted...]
-  <drawing r:id="rId3"/>
+  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0" footer="0"/>
+  <pageSetup paperSize="9" pageOrder="overThenDown" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Лист1!Область_печати</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Лист_1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Home</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>